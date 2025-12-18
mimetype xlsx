--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2641">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2645">
   <si>
     <t>www.palgad.ee</t>
   </si>
   <si>
-    <t>11/2025</t>
+    <t>12/2025</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_ee</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_ee</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_ee</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administratiivtöö</t>
   </si>
@@ -288,50 +288,68 @@
   </si>
   <si>
     <t>Büroojuht</t>
   </si>
   <si>
     <t>* Responsibility for department operations and the management of assigned tasks.
 * Administrative and organisational support for company management.
 * Coordination of subordinate staff and the delegation of tasks.
 * Management and supervision to ensure deadlines are met by the members of management.
 * Recording minutes from meetings and preparing materials for the members of management.
 * Communication with authorities, suppliers, and other institutions.
 * Responsibility for purchasing office supplies, refreshments, and office equipment.
 * Securing a repair service for moveable and real estate assets.
 * Managing the company’s fleet vehicles.</t>
   </si>
   <si>
     <t>* Vastutus osakonna toimingute ja määratud ülesannete juhtimise eest.
 * Administratiivse ja organisatsioonilise toe pakkumine ettevõtte juhtimisel.
 * Alluvate töötajate koordineerimine ja ülesannete delegeerimine.
 * Juhtimine ja järelevalve tagamaks, et juhtkonna liikmed peavad kinni seatud tähtaegadest.
 * Koosolekute protokollide salvestamine ja materjalide ettevalmistamine juhtkonna liikmetele.
 * Suhtlemine ametiasutuste, tarnijate ja muude institutsioonidega.
 * Vastutus kontoritarvete, -seadmete ja suupistete ostmise eest.
 * Remonditeenuse tagamine vallas- ja kinnisvarale.
 * Ettevõtte sõidukipargi haldamine.</t>
+  </si>
+  <si>
+    <t>Procurement specialist</t>
+  </si>
+  <si>
+    <t>Riigihangete spetsialist</t>
+  </si>
+  <si>
+    <t>* planning acquisition
+* preparing the challenge, competition materials and other documents in the range of the chosen procedure of the acquisition
+* providing information to interested persons
+* administration of the selection process</t>
+  </si>
+  <si>
+    <t>* hanke planeerimine
+* valitud hankeprotseduuri raames võistlus- ja konkursimaterjalide ning teiste dokumnete koostamine
+* nõuete esitamine ja infoteenus huvitatud isikutele
+* valikuprotsessi haldamine</t>
   </si>
   <si>
     <t>Project Assistant</t>
   </si>
   <si>
     <t>Projekti assistent</t>
   </si>
   <si>
     <t>* Helping project managers to complete projects.
 * Analyzing, evaluating and interpreting projects.
 * Assisting with development and coordination of projects and activities.
 * Undertaking administration and maintaining the project archive.
 * Assisting with the daily management of projects paying particular attention to maintaining good working relationships and adherence to budgets and timescales.
 * Assisting with the production of project briefs and agreements with clients administer and support selection processes.
 * Assisting external project managers as required and act as a day-to-day liaison.</t>
   </si>
   <si>
     <t>* Projektijuhtide abistamine projektide elluviimisel. 
 * Projektide analüüsimine, hindamine ja tõlgendamine. 
 * Projektide ja tegevuste arendamisel ja koordineerimisel abistamine. 
 * Projektide arhiivi säilitamine ja haldamine. 
 * Projektide igapäevase juhtimisega abistamine, pöörates erilist tähelepanu heade töösuhete hoidmisele ning eelarvete ja ajakavade järgimisele. 
 * Abistamine projektikoosolekute korraldamisel ja klientidega sõlmitud lepingute koostamisel. Valikuprotsesside haldamine ja toetamine.  
 * Väliste projektijuhtide abistamine vastavalt vajadusele ja igapäevase toe pakkumine.</t>
   </si>
@@ -16718,82 +16736,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F685"/>
+  <dimension ref="A1:F686"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F685"/>
+      <selection activeCell="E6" sqref="E6:F686"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2"/>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3"/>
       <c r="B3" s="1">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>2</v>
       </c>
       <c r="B5" t="s">
         <v>3</v>
       </c>
       <c r="C5" t="s">
         <v>4</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="E5" t="s">
         <v>6</v>
       </c>
       <c r="F5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>8</v>
@@ -17074,13346 +17092,13366 @@
         <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>66</v>
       </c>
       <c r="D20" t="s">
         <v>67</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
         <v>70</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
         <v>71</v>
       </c>
-      <c r="C21" t="s">
+      <c r="E21" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D21" t="s">
+      <c r="F21" s="2" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B22" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C22" t="s">
         <v>76</v>
       </c>
       <c r="D22" t="s">
         <v>77</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B23" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C23" t="s">
         <v>80</v>
       </c>
       <c r="D23" t="s">
         <v>81</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B24" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C24" t="s">
         <v>84</v>
       </c>
       <c r="D24" t="s">
         <v>85</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C25" t="s">
         <v>88</v>
       </c>
       <c r="D25" t="s">
         <v>89</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B26" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
         <v>92</v>
       </c>
       <c r="D26" t="s">
         <v>93</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C27" t="s">
         <v>96</v>
       </c>
       <c r="D27" t="s">
         <v>97</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B28" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C28" t="s">
         <v>100</v>
       </c>
       <c r="D28" t="s">
         <v>101</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B29" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C29" t="s">
         <v>104</v>
       </c>
       <c r="D29" t="s">
         <v>105</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B30" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C30" t="s">
         <v>108</v>
       </c>
       <c r="D30" t="s">
         <v>109</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B31" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C31" t="s">
         <v>112</v>
       </c>
       <c r="D31" t="s">
         <v>113</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B32" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C32" t="s">
         <v>116</v>
       </c>
       <c r="D32" t="s">
         <v>117</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B33" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C33" t="s">
         <v>120</v>
       </c>
       <c r="D33" t="s">
         <v>121</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" t="s">
+        <v>75</v>
+      </c>
+      <c r="C34" t="s">
         <v>124</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
         <v>125</v>
       </c>
-      <c r="C34" t="s">
+      <c r="E34" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="D34" t="s">
+      <c r="F34" s="2" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B35" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C35" t="s">
         <v>130</v>
       </c>
       <c r="D35" t="s">
         <v>131</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B36" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C36" t="s">
         <v>134</v>
       </c>
       <c r="D36" t="s">
         <v>135</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B37" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C37" t="s">
         <v>138</v>
       </c>
       <c r="D37" t="s">
         <v>139</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B38" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C38" t="s">
         <v>142</v>
       </c>
       <c r="D38" t="s">
         <v>143</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B39" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C39" t="s">
         <v>146</v>
       </c>
       <c r="D39" t="s">
         <v>147</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>148</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B40" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C40" t="s">
         <v>150</v>
       </c>
       <c r="D40" t="s">
         <v>151</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B41" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C41" t="s">
         <v>154</v>
       </c>
       <c r="D41" t="s">
         <v>155</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B42" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C42" t="s">
         <v>158</v>
       </c>
       <c r="D42" t="s">
         <v>159</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B43" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C43" t="s">
         <v>162</v>
       </c>
       <c r="D43" t="s">
         <v>163</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B44" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C44" t="s">
         <v>166</v>
       </c>
       <c r="D44" t="s">
         <v>167</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B45" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C45" t="s">
         <v>170</v>
       </c>
       <c r="D45" t="s">
         <v>171</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B46" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C46" t="s">
         <v>174</v>
       </c>
       <c r="D46" t="s">
         <v>175</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>176</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B47" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C47" t="s">
         <v>178</v>
       </c>
       <c r="D47" t="s">
         <v>179</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B48" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C48" t="s">
         <v>182</v>
       </c>
       <c r="D48" t="s">
         <v>183</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B49" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C49" t="s">
         <v>186</v>
       </c>
       <c r="D49" t="s">
         <v>187</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
+        <v>128</v>
+      </c>
+      <c r="B50" t="s">
+        <v>129</v>
+      </c>
+      <c r="C50" t="s">
         <v>190</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
         <v>191</v>
       </c>
-      <c r="C50" t="s">
+      <c r="E50" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="D50" t="s">
+      <c r="F50" s="2" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B51" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C51" t="s">
         <v>196</v>
       </c>
       <c r="D51" t="s">
         <v>197</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B52" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C52" t="s">
         <v>200</v>
       </c>
       <c r="D52" t="s">
         <v>201</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>202</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B53" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C53" t="s">
         <v>204</v>
       </c>
       <c r="D53" t="s">
         <v>205</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B54" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C54" t="s">
         <v>208</v>
       </c>
       <c r="D54" t="s">
         <v>209</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B55" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C55" t="s">
         <v>212</v>
       </c>
       <c r="D55" t="s">
         <v>213</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>214</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B56" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C56" t="s">
         <v>216</v>
       </c>
       <c r="D56" t="s">
         <v>217</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>218</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B57" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C57" t="s">
         <v>220</v>
       </c>
       <c r="D57" t="s">
         <v>221</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B58" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C58" t="s">
         <v>224</v>
       </c>
       <c r="D58" t="s">
         <v>225</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B59" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C59" t="s">
         <v>228</v>
       </c>
       <c r="D59" t="s">
         <v>229</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B60" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C60" t="s">
         <v>232</v>
       </c>
       <c r="D60" t="s">
         <v>233</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B61" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C61" t="s">
         <v>236</v>
       </c>
       <c r="D61" t="s">
         <v>237</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>238</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B62" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C62" t="s">
         <v>240</v>
       </c>
       <c r="D62" t="s">
         <v>241</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>242</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B63" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C63" t="s">
         <v>244</v>
       </c>
       <c r="D63" t="s">
         <v>245</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B64" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C64" t="s">
         <v>248</v>
       </c>
       <c r="D64" t="s">
         <v>249</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B65" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C65" t="s">
         <v>252</v>
       </c>
       <c r="D65" t="s">
         <v>253</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B66" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C66" t="s">
         <v>256</v>
       </c>
       <c r="D66" t="s">
         <v>257</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B67" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C67" t="s">
         <v>260</v>
       </c>
       <c r="D67" t="s">
         <v>261</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
+        <v>194</v>
+      </c>
+      <c r="B68" t="s">
+        <v>195</v>
+      </c>
+      <c r="C68" t="s">
         <v>264</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
         <v>265</v>
       </c>
-      <c r="C68" t="s">
+      <c r="E68" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="D68" t="s">
+      <c r="F68" s="2" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B69" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C69" t="s">
         <v>270</v>
       </c>
       <c r="D69" t="s">
         <v>271</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>272</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B70" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C70" t="s">
         <v>274</v>
       </c>
       <c r="D70" t="s">
         <v>275</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>276</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B71" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C71" t="s">
         <v>278</v>
       </c>
       <c r="D71" t="s">
         <v>279</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B72" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C72" t="s">
         <v>282</v>
       </c>
       <c r="D72" t="s">
         <v>283</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>284</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B73" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C73" t="s">
         <v>286</v>
       </c>
       <c r="D73" t="s">
         <v>287</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>288</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B74" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C74" t="s">
         <v>290</v>
       </c>
       <c r="D74" t="s">
         <v>291</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>292</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B75" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C75" t="s">
         <v>294</v>
       </c>
       <c r="D75" t="s">
         <v>295</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>296</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B76" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C76" t="s">
         <v>298</v>
       </c>
       <c r="D76" t="s">
         <v>299</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>300</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B77" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C77" t="s">
         <v>302</v>
       </c>
       <c r="D77" t="s">
         <v>303</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B78" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C78" t="s">
         <v>306</v>
       </c>
       <c r="D78" t="s">
         <v>307</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>308</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B79" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C79" t="s">
         <v>310</v>
       </c>
       <c r="D79" t="s">
         <v>311</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>312</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B80" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C80" t="s">
         <v>314</v>
       </c>
       <c r="D80" t="s">
         <v>315</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>316</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
+        <v>268</v>
+      </c>
+      <c r="B81" t="s">
+        <v>269</v>
+      </c>
+      <c r="C81" t="s">
         <v>318</v>
       </c>
-      <c r="B81" t="s">
+      <c r="D81" t="s">
         <v>319</v>
       </c>
-      <c r="C81" t="s">
+      <c r="E81" s="2" t="s">
         <v>320</v>
       </c>
-      <c r="D81" t="s">
+      <c r="F81" s="2" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B82" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C82" t="s">
         <v>324</v>
       </c>
       <c r="D82" t="s">
         <v>325</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>326</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B83" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C83" t="s">
         <v>328</v>
       </c>
       <c r="D83" t="s">
         <v>329</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B84" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C84" t="s">
-        <v>302</v>
+        <v>332</v>
       </c>
       <c r="D84" t="s">
-        <v>303</v>
+        <v>333</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>304</v>
+        <v>334</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>305</v>
+        <v>335</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="B85" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
       <c r="C85" t="s">
-        <v>334</v>
+        <v>306</v>
       </c>
       <c r="D85" t="s">
-        <v>335</v>
+        <v>307</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>336</v>
+        <v>308</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>337</v>
+        <v>309</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B86" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C86" t="s">
         <v>338</v>
       </c>
       <c r="D86" t="s">
         <v>339</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>340</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B87" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C87" t="s">
         <v>342</v>
       </c>
       <c r="D87" t="s">
         <v>343</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>344</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B88" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C88" t="s">
         <v>346</v>
       </c>
       <c r="D88" t="s">
         <v>347</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>348</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B89" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C89" t="s">
         <v>350</v>
       </c>
       <c r="D89" t="s">
         <v>351</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>352</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B90" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C90" t="s">
         <v>354</v>
       </c>
       <c r="D90" t="s">
         <v>355</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B91" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C91" t="s">
         <v>358</v>
       </c>
       <c r="D91" t="s">
         <v>359</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>360</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B92" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C92" t="s">
         <v>362</v>
       </c>
       <c r="D92" t="s">
         <v>363</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>364</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B93" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C93" t="s">
         <v>366</v>
       </c>
       <c r="D93" t="s">
         <v>367</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>368</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B94" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C94" t="s">
         <v>370</v>
       </c>
       <c r="D94" t="s">
         <v>371</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>372</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B95" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C95" t="s">
         <v>374</v>
       </c>
       <c r="D95" t="s">
         <v>375</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>376</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B96" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C96" t="s">
         <v>378</v>
       </c>
       <c r="D96" t="s">
         <v>379</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>380</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B97" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C97" t="s">
         <v>382</v>
       </c>
       <c r="D97" t="s">
         <v>383</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>384</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B98" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C98" t="s">
         <v>386</v>
       </c>
       <c r="D98" t="s">
         <v>387</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>388</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B99" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C99" t="s">
         <v>390</v>
       </c>
       <c r="D99" t="s">
         <v>391</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>392</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B100" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C100" t="s">
         <v>394</v>
       </c>
       <c r="D100" t="s">
         <v>395</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B101" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C101" t="s">
         <v>398</v>
       </c>
       <c r="D101" t="s">
         <v>399</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>400</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B102" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C102" t="s">
         <v>402</v>
       </c>
       <c r="D102" t="s">
         <v>403</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>404</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B103" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C103" t="s">
         <v>406</v>
       </c>
       <c r="D103" t="s">
         <v>407</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>408</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B104" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C104" t="s">
         <v>410</v>
       </c>
       <c r="D104" t="s">
         <v>411</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>412</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B105" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C105" t="s">
         <v>414</v>
       </c>
       <c r="D105" t="s">
         <v>415</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>416</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B106" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C106" t="s">
         <v>418</v>
       </c>
       <c r="D106" t="s">
         <v>419</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>420</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B107" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C107" t="s">
         <v>422</v>
       </c>
       <c r="D107" t="s">
         <v>423</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>424</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B108" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C108" t="s">
         <v>426</v>
       </c>
       <c r="D108" t="s">
         <v>427</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B109" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C109" t="s">
         <v>430</v>
       </c>
       <c r="D109" t="s">
         <v>431</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>432</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B110" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C110" t="s">
         <v>434</v>
       </c>
       <c r="D110" t="s">
         <v>435</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>436</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B111" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C111" t="s">
         <v>438</v>
       </c>
       <c r="D111" t="s">
         <v>439</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>440</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B112" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C112" t="s">
         <v>442</v>
       </c>
       <c r="D112" t="s">
         <v>443</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>444</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
+        <v>336</v>
+      </c>
+      <c r="B113" t="s">
+        <v>337</v>
+      </c>
+      <c r="C113" t="s">
         <v>446</v>
       </c>
-      <c r="B113" t="s">
+      <c r="D113" t="s">
         <v>447</v>
       </c>
-      <c r="C113" t="s">
+      <c r="E113" s="2" t="s">
         <v>448</v>
       </c>
-      <c r="D113" t="s">
+      <c r="F113" s="2" t="s">
         <v>449</v>
-      </c>
-[...4 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B114" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C114" t="s">
         <v>452</v>
       </c>
       <c r="D114" t="s">
         <v>453</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>454</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B115" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C115" t="s">
         <v>456</v>
       </c>
       <c r="D115" t="s">
         <v>457</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>458</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B116" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C116" t="s">
         <v>460</v>
       </c>
       <c r="D116" t="s">
         <v>461</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B117" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C117" t="s">
         <v>464</v>
       </c>
       <c r="D117" t="s">
         <v>465</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B118" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C118" t="s">
         <v>468</v>
       </c>
       <c r="D118" t="s">
         <v>469</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>470</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B119" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C119" t="s">
         <v>472</v>
       </c>
       <c r="D119" t="s">
         <v>473</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B120" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C120" t="s">
         <v>476</v>
       </c>
       <c r="D120" t="s">
         <v>477</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>478</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B121" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C121" t="s">
         <v>480</v>
       </c>
       <c r="D121" t="s">
         <v>481</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>482</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B122" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C122" t="s">
         <v>484</v>
       </c>
       <c r="D122" t="s">
         <v>485</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B123" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C123" t="s">
         <v>488</v>
       </c>
       <c r="D123" t="s">
         <v>489</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>490</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B124" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C124" t="s">
         <v>492</v>
       </c>
       <c r="D124" t="s">
         <v>493</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>494</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B125" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C125" t="s">
-        <v>282</v>
+        <v>496</v>
       </c>
       <c r="D125" t="s">
-        <v>283</v>
+        <v>497</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B126" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C126" t="s">
-        <v>498</v>
+        <v>286</v>
       </c>
       <c r="D126" t="s">
-        <v>499</v>
+        <v>287</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>500</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B127" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C127" t="s">
         <v>502</v>
       </c>
       <c r="D127" t="s">
         <v>503</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>504</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B128" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C128" t="s">
         <v>506</v>
       </c>
       <c r="D128" t="s">
         <v>507</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>508</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B129" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C129" t="s">
         <v>510</v>
       </c>
       <c r="D129" t="s">
         <v>511</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>512</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B130" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C130" t="s">
         <v>514</v>
       </c>
       <c r="D130" t="s">
         <v>515</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>516</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B131" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C131" t="s">
         <v>518</v>
       </c>
       <c r="D131" t="s">
         <v>519</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>520</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B132" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C132" t="s">
         <v>522</v>
       </c>
       <c r="D132" t="s">
         <v>523</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>524</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B133" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C133" t="s">
         <v>526</v>
       </c>
       <c r="D133" t="s">
         <v>527</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>528</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B134" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C134" t="s">
         <v>530</v>
       </c>
       <c r="D134" t="s">
         <v>531</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>532</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B135" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C135" t="s">
         <v>534</v>
       </c>
       <c r="D135" t="s">
         <v>535</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>536</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B136" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C136" t="s">
         <v>538</v>
       </c>
       <c r="D136" t="s">
         <v>539</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>540</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B137" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C137" t="s">
         <v>542</v>
       </c>
       <c r="D137" t="s">
         <v>543</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>544</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B138" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C138" t="s">
         <v>546</v>
       </c>
       <c r="D138" t="s">
         <v>547</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>548</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B139" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C139" t="s">
         <v>550</v>
       </c>
       <c r="D139" t="s">
         <v>551</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>552</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B140" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C140" t="s">
         <v>554</v>
       </c>
       <c r="D140" t="s">
         <v>555</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>556</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B141" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C141" t="s">
         <v>558</v>
       </c>
       <c r="D141" t="s">
         <v>559</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>560</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B142" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C142" t="s">
         <v>562</v>
       </c>
       <c r="D142" t="s">
         <v>563</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>564</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B143" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C143" t="s">
         <v>566</v>
       </c>
       <c r="D143" t="s">
         <v>567</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>568</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B144" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C144" t="s">
         <v>570</v>
       </c>
       <c r="D144" t="s">
         <v>571</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>572</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B145" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C145" t="s">
         <v>574</v>
       </c>
       <c r="D145" t="s">
         <v>575</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>576</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B146" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C146" t="s">
         <v>578</v>
       </c>
       <c r="D146" t="s">
         <v>579</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>580</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B147" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C147" t="s">
         <v>582</v>
       </c>
       <c r="D147" t="s">
         <v>583</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>584</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B148" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C148" t="s">
         <v>586</v>
       </c>
       <c r="D148" t="s">
         <v>587</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>588</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B149" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C149" t="s">
         <v>590</v>
       </c>
       <c r="D149" t="s">
         <v>591</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>592</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B150" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C150" t="s">
         <v>594</v>
       </c>
       <c r="D150" t="s">
         <v>595</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>596</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
+        <v>450</v>
+      </c>
+      <c r="B151" t="s">
+        <v>451</v>
+      </c>
+      <c r="C151" t="s">
         <v>598</v>
       </c>
-      <c r="B151" t="s">
+      <c r="D151" t="s">
         <v>599</v>
       </c>
-      <c r="C151" t="s">
+      <c r="E151" s="2" t="s">
         <v>600</v>
       </c>
-      <c r="D151" t="s">
+      <c r="F151" s="2" t="s">
         <v>601</v>
-      </c>
-[...4 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="B152" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="C152" t="s">
         <v>604</v>
       </c>
       <c r="D152" t="s">
         <v>605</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>606</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="B153" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="C153" t="s">
         <v>608</v>
       </c>
       <c r="D153" t="s">
         <v>609</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>610</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
+        <v>602</v>
+      </c>
+      <c r="B154" t="s">
+        <v>603</v>
+      </c>
+      <c r="C154" t="s">
         <v>612</v>
       </c>
-      <c r="B154" t="s">
+      <c r="D154" t="s">
         <v>613</v>
       </c>
-      <c r="C154" t="s">
+      <c r="E154" s="2" t="s">
         <v>614</v>
       </c>
-      <c r="D154" t="s">
+      <c r="F154" s="2" t="s">
         <v>615</v>
-      </c>
-[...4 lines deleted...]
-        <v>617</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B155" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C155" t="s">
         <v>618</v>
       </c>
       <c r="D155" t="s">
         <v>619</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>620</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B156" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C156" t="s">
         <v>622</v>
       </c>
       <c r="D156" t="s">
         <v>623</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>624</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B157" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C157" t="s">
         <v>626</v>
       </c>
       <c r="D157" t="s">
         <v>627</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>628</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B158" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C158" t="s">
         <v>630</v>
       </c>
       <c r="D158" t="s">
         <v>631</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>632</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B159" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C159" t="s">
         <v>634</v>
       </c>
       <c r="D159" t="s">
         <v>635</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>636</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B160" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C160" t="s">
         <v>638</v>
       </c>
       <c r="D160" t="s">
         <v>639</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>640</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B161" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C161" t="s">
         <v>642</v>
       </c>
       <c r="D161" t="s">
         <v>643</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>644</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B162" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C162" t="s">
         <v>646</v>
       </c>
       <c r="D162" t="s">
         <v>647</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>648</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B163" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C163" t="s">
         <v>650</v>
       </c>
       <c r="D163" t="s">
         <v>651</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>652</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B164" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C164" t="s">
         <v>654</v>
       </c>
       <c r="D164" t="s">
         <v>655</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>656</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B165" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C165" t="s">
         <v>658</v>
       </c>
       <c r="D165" t="s">
         <v>659</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>660</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B166" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C166" t="s">
         <v>662</v>
       </c>
       <c r="D166" t="s">
         <v>663</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>664</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B167" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C167" t="s">
         <v>666</v>
       </c>
       <c r="D167" t="s">
         <v>667</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>668</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B168" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C168" t="s">
-        <v>220</v>
+        <v>670</v>
       </c>
       <c r="D168" t="s">
-        <v>221</v>
+        <v>671</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B169" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C169" t="s">
-        <v>672</v>
+        <v>224</v>
       </c>
       <c r="D169" t="s">
-        <v>673</v>
+        <v>225</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>674</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B170" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C170" t="s">
         <v>676</v>
       </c>
       <c r="D170" t="s">
         <v>677</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>678</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B171" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C171" t="s">
         <v>680</v>
       </c>
       <c r="D171" t="s">
         <v>681</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>682</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B172" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C172" t="s">
         <v>684</v>
       </c>
       <c r="D172" t="s">
         <v>685</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>686</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B173" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C173" t="s">
         <v>688</v>
       </c>
       <c r="D173" t="s">
         <v>689</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>690</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B174" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C174" t="s">
         <v>692</v>
       </c>
       <c r="D174" t="s">
         <v>693</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>694</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B175" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C175" t="s">
         <v>696</v>
       </c>
       <c r="D175" t="s">
         <v>697</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>698</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B176" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C176" t="s">
         <v>700</v>
       </c>
       <c r="D176" t="s">
         <v>701</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>702</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B177" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C177" t="s">
         <v>704</v>
       </c>
       <c r="D177" t="s">
         <v>705</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>706</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B178" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C178" t="s">
         <v>708</v>
       </c>
       <c r="D178" t="s">
         <v>709</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>710</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B179" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C179" t="s">
         <v>712</v>
       </c>
       <c r="D179" t="s">
         <v>713</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>714</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B180" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C180" t="s">
         <v>716</v>
       </c>
       <c r="D180" t="s">
         <v>717</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>718</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
+        <v>616</v>
+      </c>
+      <c r="B181" t="s">
+        <v>617</v>
+      </c>
+      <c r="C181" t="s">
         <v>720</v>
       </c>
-      <c r="B181" t="s">
+      <c r="D181" t="s">
         <v>721</v>
       </c>
-      <c r="C181" t="s">
+      <c r="E181" s="2" t="s">
         <v>722</v>
       </c>
-      <c r="D181" t="s">
+      <c r="F181" s="2" t="s">
         <v>723</v>
-      </c>
-[...4 lines deleted...]
-        <v>725</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B182" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C182" t="s">
         <v>726</v>
       </c>
       <c r="D182" t="s">
         <v>727</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>728</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B183" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C183" t="s">
         <v>730</v>
       </c>
       <c r="D183" t="s">
         <v>731</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>732</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B184" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C184" t="s">
         <v>734</v>
       </c>
       <c r="D184" t="s">
         <v>735</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>736</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B185" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C185" t="s">
         <v>738</v>
       </c>
       <c r="D185" t="s">
         <v>739</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>740</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B186" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C186" t="s">
         <v>742</v>
       </c>
       <c r="D186" t="s">
         <v>743</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>744</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B187" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C187" t="s">
         <v>746</v>
       </c>
       <c r="D187" t="s">
         <v>747</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>748</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B188" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C188" t="s">
         <v>750</v>
       </c>
       <c r="D188" t="s">
         <v>751</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>752</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B189" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C189" t="s">
         <v>754</v>
       </c>
       <c r="D189" t="s">
         <v>755</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>756</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B190" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C190" t="s">
         <v>758</v>
       </c>
       <c r="D190" t="s">
         <v>759</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>760</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B191" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C191" t="s">
         <v>762</v>
       </c>
       <c r="D191" t="s">
         <v>763</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>764</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B192" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C192" t="s">
         <v>766</v>
       </c>
       <c r="D192" t="s">
         <v>767</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>768</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B193" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C193" t="s">
         <v>770</v>
       </c>
       <c r="D193" t="s">
         <v>771</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>772</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B194" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C194" t="s">
         <v>774</v>
       </c>
       <c r="D194" t="s">
         <v>775</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>776</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B195" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C195" t="s">
         <v>778</v>
       </c>
       <c r="D195" t="s">
         <v>779</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>780</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B196" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C196" t="s">
         <v>782</v>
       </c>
       <c r="D196" t="s">
         <v>783</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>784</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B197" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C197" t="s">
         <v>786</v>
       </c>
       <c r="D197" t="s">
         <v>787</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>788</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B198" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C198" t="s">
         <v>790</v>
       </c>
       <c r="D198" t="s">
         <v>791</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>792</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B199" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C199" t="s">
         <v>794</v>
       </c>
       <c r="D199" t="s">
         <v>795</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>796</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B200" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C200" t="s">
         <v>798</v>
       </c>
       <c r="D200" t="s">
         <v>799</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>800</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B201" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C201" t="s">
         <v>802</v>
       </c>
       <c r="D201" t="s">
         <v>803</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>804</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B202" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C202" t="s">
         <v>806</v>
       </c>
       <c r="D202" t="s">
         <v>807</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>808</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B203" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C203" t="s">
         <v>810</v>
       </c>
       <c r="D203" t="s">
         <v>811</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>812</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B204" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C204" t="s">
         <v>814</v>
       </c>
       <c r="D204" t="s">
         <v>815</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>816</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B205" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C205" t="s">
         <v>818</v>
       </c>
       <c r="D205" t="s">
         <v>819</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>820</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B206" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C206" t="s">
         <v>822</v>
       </c>
       <c r="D206" t="s">
         <v>823</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>824</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
+        <v>724</v>
+      </c>
+      <c r="B207" t="s">
+        <v>725</v>
+      </c>
+      <c r="C207" t="s">
         <v>826</v>
       </c>
-      <c r="B207" t="s">
+      <c r="D207" t="s">
         <v>827</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>828</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B208" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C208" t="s">
-        <v>498</v>
+        <v>286</v>
       </c>
       <c r="D208" t="s">
-        <v>499</v>
+        <v>287</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B209" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C209" t="s">
-        <v>832</v>
+        <v>502</v>
       </c>
       <c r="D209" t="s">
-        <v>833</v>
+        <v>503</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>834</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B210" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C210" t="s">
         <v>836</v>
       </c>
       <c r="D210" t="s">
         <v>837</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>838</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B211" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C211" t="s">
         <v>840</v>
       </c>
       <c r="D211" t="s">
         <v>841</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>842</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B212" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C212" t="s">
         <v>844</v>
       </c>
       <c r="D212" t="s">
         <v>845</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>846</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B213" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C213" t="s">
         <v>848</v>
       </c>
       <c r="D213" t="s">
         <v>849</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>850</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B214" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C214" t="s">
         <v>852</v>
       </c>
       <c r="D214" t="s">
         <v>853</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>854</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B215" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C215" t="s">
         <v>856</v>
       </c>
       <c r="D215" t="s">
         <v>857</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>858</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B216" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C216" t="s">
-        <v>290</v>
+        <v>860</v>
       </c>
       <c r="D216" t="s">
-        <v>291</v>
+        <v>861</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>292</v>
+        <v>862</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>293</v>
+        <v>863</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B217" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C217" t="s">
-        <v>860</v>
+        <v>294</v>
       </c>
       <c r="D217" t="s">
-        <v>861</v>
+        <v>295</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>862</v>
+        <v>296</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>863</v>
+        <v>297</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B218" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C218" t="s">
         <v>864</v>
       </c>
       <c r="D218" t="s">
         <v>865</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>866</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B219" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C219" t="s">
         <v>868</v>
       </c>
       <c r="D219" t="s">
         <v>869</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>870</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B220" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C220" t="s">
         <v>872</v>
       </c>
       <c r="D220" t="s">
         <v>873</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>874</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B221" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C221" t="s">
         <v>876</v>
       </c>
       <c r="D221" t="s">
         <v>877</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>878</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B222" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C222" t="s">
         <v>880</v>
       </c>
       <c r="D222" t="s">
         <v>881</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>882</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B223" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C223" t="s">
         <v>884</v>
       </c>
       <c r="D223" t="s">
         <v>885</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>886</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B224" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C224" t="s">
         <v>888</v>
       </c>
       <c r="D224" t="s">
         <v>889</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>890</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B225" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C225" t="s">
-        <v>302</v>
+        <v>892</v>
       </c>
       <c r="D225" t="s">
-        <v>303</v>
+        <v>893</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>894</v>
+        <v>830</v>
       </c>
       <c r="B226" t="s">
-        <v>895</v>
+        <v>831</v>
       </c>
       <c r="C226" t="s">
+        <v>306</v>
+      </c>
+      <c r="D226" t="s">
+        <v>307</v>
+      </c>
+      <c r="E226" s="2" t="s">
         <v>896</v>
       </c>
-      <c r="D226" t="s">
+      <c r="F226" s="2" t="s">
         <v>897</v>
-      </c>
-[...4 lines deleted...]
-        <v>899</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="B227" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="C227" t="s">
         <v>900</v>
       </c>
       <c r="D227" t="s">
         <v>901</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>902</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="B228" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="C228" t="s">
         <v>904</v>
       </c>
       <c r="D228" t="s">
         <v>905</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>906</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="B229" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="C229" t="s">
         <v>908</v>
       </c>
       <c r="D229" t="s">
         <v>909</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>910</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="B230" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="C230" t="s">
         <v>912</v>
       </c>
       <c r="D230" t="s">
         <v>913</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>914</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="B231" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="C231" t="s">
         <v>916</v>
       </c>
       <c r="D231" t="s">
         <v>917</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>918</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
+        <v>898</v>
+      </c>
+      <c r="B232" t="s">
+        <v>899</v>
+      </c>
+      <c r="C232" t="s">
         <v>920</v>
       </c>
-      <c r="B232" t="s">
+      <c r="D232" t="s">
         <v>921</v>
       </c>
-      <c r="C232" t="s">
+      <c r="E232" s="2" t="s">
         <v>922</v>
       </c>
-      <c r="D232" t="s">
+      <c r="F232" s="2" t="s">
         <v>923</v>
-      </c>
-[...4 lines deleted...]
-        <v>925</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="B233" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="C233" t="s">
         <v>926</v>
       </c>
       <c r="D233" t="s">
         <v>927</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>928</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="B234" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="C234" t="s">
         <v>930</v>
       </c>
       <c r="D234" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="B235" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="C235" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D235" t="s">
         <v>934</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>935</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="B236" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="C236" t="s">
         <v>937</v>
       </c>
       <c r="D236" t="s">
         <v>938</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>939</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="B237" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="C237" t="s">
         <v>941</v>
       </c>
       <c r="D237" t="s">
         <v>942</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>943</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
+        <v>924</v>
+      </c>
+      <c r="B238" t="s">
+        <v>925</v>
+      </c>
+      <c r="C238" t="s">
         <v>945</v>
       </c>
-      <c r="B238" t="s">
+      <c r="D238" t="s">
         <v>946</v>
       </c>
-      <c r="C238" t="s">
+      <c r="E238" s="2" t="s">
         <v>947</v>
       </c>
-      <c r="D238" t="s">
+      <c r="F238" s="2" t="s">
         <v>948</v>
-      </c>
-[...4 lines deleted...]
-        <v>950</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B239" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C239" t="s">
         <v>951</v>
       </c>
       <c r="D239" t="s">
         <v>952</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>953</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B240" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C240" t="s">
         <v>955</v>
       </c>
       <c r="D240" t="s">
         <v>956</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>957</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>958</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B241" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C241" t="s">
         <v>959</v>
       </c>
       <c r="D241" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B242" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C242" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D242" t="s">
         <v>963</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>964</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B243" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C243" t="s">
         <v>966</v>
       </c>
       <c r="D243" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B244" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C244" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D244" t="s">
         <v>970</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>971</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B245" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C245" t="s">
         <v>973</v>
       </c>
       <c r="D245" t="s">
         <v>974</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>975</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B246" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C246" t="s">
         <v>977</v>
       </c>
       <c r="D246" t="s">
         <v>978</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>979</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>980</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B247" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C247" t="s">
         <v>981</v>
       </c>
       <c r="D247" t="s">
         <v>982</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>983</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B248" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C248" t="s">
         <v>985</v>
       </c>
       <c r="D248" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B249" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C249" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="D249" t="s">
         <v>989</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>990</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>991</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B250" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C250" t="s">
         <v>992</v>
       </c>
       <c r="D250" t="s">
         <v>993</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>994</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>995</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B251" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C251" t="s">
         <v>996</v>
       </c>
       <c r="D251" t="s">
         <v>997</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>998</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B252" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C252" t="s">
         <v>1000</v>
       </c>
       <c r="D252" t="s">
         <v>1001</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>1002</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B253" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C253" t="s">
         <v>1004</v>
       </c>
       <c r="D253" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B254" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C254" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D254" t="s">
         <v>1008</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>1009</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>1010</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B255" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C255" t="s">
         <v>1011</v>
       </c>
       <c r="D255" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B256" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C256" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="D256" t="s">
         <v>1015</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>1016</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>1017</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B257" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C257" t="s">
         <v>1018</v>
       </c>
       <c r="D257" t="s">
         <v>1019</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>1020</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>1021</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B258" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C258" t="s">
         <v>1022</v>
       </c>
       <c r="D258" t="s">
         <v>1023</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>1024</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>1025</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B259" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C259" t="s">
         <v>1026</v>
       </c>
       <c r="D259" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B260" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C260" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D260" t="s">
         <v>1030</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B261" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C261" t="s">
         <v>1033</v>
       </c>
       <c r="D261" t="s">
         <v>1034</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>1036</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B262" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C262" t="s">
         <v>1037</v>
       </c>
       <c r="D262" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B263" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C263" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D263" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B264" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C264" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D264" t="s">
         <v>1044</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>1046</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B265" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C265" t="s">
         <v>1047</v>
       </c>
       <c r="D265" t="s">
         <v>1048</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>1049</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B266" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C266" t="s">
         <v>1051</v>
       </c>
       <c r="D266" t="s">
         <v>1052</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>1054</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B267" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C267" t="s">
         <v>1055</v>
       </c>
       <c r="D267" t="s">
         <v>1056</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B268" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C268" t="s">
         <v>1059</v>
       </c>
       <c r="D268" t="s">
         <v>1060</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B269" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C269" t="s">
         <v>1063</v>
       </c>
       <c r="D269" t="s">
         <v>1064</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>1066</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B270" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C270" t="s">
         <v>1067</v>
       </c>
       <c r="D270" t="s">
         <v>1068</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>1069</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>1070</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B271" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C271" t="s">
         <v>1071</v>
       </c>
       <c r="D271" t="s">
         <v>1072</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>1074</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B272" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C272" t="s">
         <v>1075</v>
       </c>
       <c r="D272" t="s">
         <v>1076</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>1078</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B273" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C273" t="s">
         <v>1079</v>
       </c>
       <c r="D273" t="s">
         <v>1080</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>1081</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>1082</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B274" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C274" t="s">
         <v>1083</v>
       </c>
       <c r="D274" t="s">
         <v>1084</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>1085</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>1086</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B275" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C275" t="s">
         <v>1087</v>
       </c>
       <c r="D275" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B276" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C276" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="D276" t="s">
         <v>1091</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>1092</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B277" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C277" t="s">
         <v>1094</v>
       </c>
       <c r="D277" t="s">
         <v>1095</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B278" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C278" t="s">
         <v>1098</v>
       </c>
       <c r="D278" t="s">
         <v>1099</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>1101</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B279" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C279" t="s">
         <v>1102</v>
       </c>
       <c r="D279" t="s">
         <v>1103</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>1104</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>1105</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B280" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C280" t="s">
         <v>1106</v>
       </c>
       <c r="D280" t="s">
         <v>1107</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>1108</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B281" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C281" t="s">
         <v>1110</v>
       </c>
       <c r="D281" t="s">
         <v>1111</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>1113</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B282" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C282" t="s">
         <v>1114</v>
       </c>
       <c r="D282" t="s">
         <v>1115</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>1116</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B283" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C283" t="s">
         <v>1118</v>
       </c>
       <c r="D283" t="s">
         <v>1119</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B284" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C284" t="s">
         <v>1122</v>
       </c>
       <c r="D284" t="s">
         <v>1123</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>1124</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B285" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C285" t="s">
         <v>1126</v>
       </c>
       <c r="D285" t="s">
         <v>1127</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>1128</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>1129</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B286" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C286" t="s">
         <v>1130</v>
       </c>
       <c r="D286" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B287" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C287" t="s">
-        <v>880</v>
+        <v>1134</v>
       </c>
       <c r="D287" t="s">
-        <v>881</v>
+        <v>1134</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B288" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C288" t="s">
         <v>884</v>
       </c>
       <c r="D288" t="s">
         <v>885</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B289" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C289" t="s">
-        <v>1137</v>
+        <v>888</v>
       </c>
       <c r="D289" t="s">
-        <v>1138</v>
+        <v>889</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>1139</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>1140</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B290" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C290" t="s">
         <v>1141</v>
       </c>
       <c r="D290" t="s">
         <v>1142</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>1143</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>1144</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B291" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C291" t="s">
         <v>1145</v>
       </c>
       <c r="D291" t="s">
         <v>1146</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>1147</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>1148</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B292" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C292" t="s">
         <v>1149</v>
       </c>
       <c r="D292" t="s">
         <v>1150</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>1151</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B293" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C293" t="s">
         <v>1153</v>
       </c>
       <c r="D293" t="s">
         <v>1154</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>1155</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>1156</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B294" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C294" t="s">
         <v>1157</v>
       </c>
       <c r="D294" t="s">
         <v>1158</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>1160</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B295" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C295" t="s">
         <v>1161</v>
       </c>
       <c r="D295" t="s">
         <v>1162</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>1163</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="B296" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C296" t="s">
         <v>1165</v>
       </c>
       <c r="D296" t="s">
         <v>1166</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>1167</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
+        <v>949</v>
+      </c>
+      <c r="B297" t="s">
+        <v>950</v>
+      </c>
+      <c r="C297" t="s">
         <v>1169</v>
       </c>
-      <c r="B297" t="s">
+      <c r="D297" t="s">
         <v>1170</v>
       </c>
-      <c r="C297" t="s">
+      <c r="E297" s="2" t="s">
         <v>1171</v>
       </c>
-      <c r="D297" t="s">
+      <c r="F297" s="2" t="s">
         <v>1172</v>
-      </c>
-[...4 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B298" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C298" t="s">
         <v>1175</v>
       </c>
       <c r="D298" t="s">
         <v>1176</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>1177</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B299" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C299" t="s">
         <v>1179</v>
       </c>
       <c r="D299" t="s">
         <v>1180</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>1181</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B300" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C300" t="s">
         <v>1183</v>
       </c>
       <c r="D300" t="s">
         <v>1184</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>1185</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>1186</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B301" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C301" t="s">
         <v>1187</v>
       </c>
       <c r="D301" t="s">
         <v>1188</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>1189</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>1190</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B302" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C302" t="s">
         <v>1191</v>
       </c>
       <c r="D302" t="s">
         <v>1192</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>1193</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B303" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C303" t="s">
         <v>1195</v>
       </c>
       <c r="D303" t="s">
         <v>1196</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>1198</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B304" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C304" t="s">
         <v>1199</v>
       </c>
       <c r="D304" t="s">
         <v>1200</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>1201</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>1202</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B305" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C305" t="s">
         <v>1203</v>
       </c>
       <c r="D305" t="s">
         <v>1204</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>1205</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B306" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C306" t="s">
         <v>1207</v>
       </c>
       <c r="D306" t="s">
         <v>1208</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>1209</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B307" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C307" t="s">
         <v>1211</v>
       </c>
       <c r="D307" t="s">
         <v>1212</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>1213</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>1214</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B308" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C308" t="s">
         <v>1215</v>
       </c>
       <c r="D308" t="s">
         <v>1216</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>1217</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>1218</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B309" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C309" t="s">
         <v>1219</v>
       </c>
       <c r="D309" t="s">
         <v>1220</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>1221</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B310" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C310" t="s">
         <v>1223</v>
       </c>
       <c r="D310" t="s">
         <v>1224</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>1225</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B311" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C311" t="s">
         <v>1227</v>
       </c>
       <c r="D311" t="s">
         <v>1228</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>1229</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C312" t="s">
         <v>1231</v>
       </c>
-      <c r="B312" t="s">
+      <c r="D312" t="s">
         <v>1232</v>
       </c>
-      <c r="C312" t="s">
+      <c r="E312" s="2" t="s">
         <v>1233</v>
       </c>
-      <c r="D312" t="s">
+      <c r="F312" s="2" t="s">
         <v>1234</v>
-      </c>
-[...4 lines deleted...]
-        <v>1236</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B313" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C313" t="s">
         <v>1237</v>
       </c>
       <c r="D313" t="s">
         <v>1238</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B314" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C314" t="s">
         <v>1241</v>
       </c>
       <c r="D314" t="s">
         <v>1242</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>1243</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B315" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C315" t="s">
         <v>1245</v>
       </c>
       <c r="D315" t="s">
         <v>1246</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>1247</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B316" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C316" t="s">
         <v>1249</v>
       </c>
       <c r="D316" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B317" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C317" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="D317" t="s">
         <v>1253</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>1254</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>1255</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B318" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C318" t="s">
         <v>1256</v>
       </c>
       <c r="D318" t="s">
         <v>1257</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>1258</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B319" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C319" t="s">
         <v>1260</v>
       </c>
       <c r="D319" t="s">
         <v>1261</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>1262</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B320" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C320" t="s">
         <v>1264</v>
       </c>
       <c r="D320" t="s">
         <v>1265</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>1266</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B321" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C321" t="s">
         <v>1268</v>
       </c>
       <c r="D321" t="s">
         <v>1269</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>1270</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B322" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C322" t="s">
         <v>1272</v>
       </c>
       <c r="D322" t="s">
         <v>1273</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>1274</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B323" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C323" t="s">
         <v>1276</v>
       </c>
       <c r="D323" t="s">
         <v>1277</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>1278</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B324" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C324" t="s">
         <v>1280</v>
       </c>
       <c r="D324" t="s">
         <v>1281</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>1283</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B325" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C325" t="s">
         <v>1284</v>
       </c>
       <c r="D325" t="s">
         <v>1285</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>1286</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B326" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C326" t="s">
         <v>1288</v>
       </c>
       <c r="D326" t="s">
         <v>1289</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>1290</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>1291</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B327" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C327" t="s">
         <v>1292</v>
       </c>
       <c r="D327" t="s">
         <v>1293</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>1294</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B328" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C328" t="s">
         <v>1296</v>
       </c>
       <c r="D328" t="s">
         <v>1297</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>1298</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B329" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C329" t="s">
         <v>1300</v>
       </c>
       <c r="D329" t="s">
         <v>1301</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>1302</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>1303</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B330" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C330" t="s">
         <v>1304</v>
       </c>
       <c r="D330" t="s">
         <v>1305</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B331" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C331" t="s">
         <v>1308</v>
       </c>
       <c r="D331" t="s">
         <v>1309</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>1310</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B332" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C332" t="s">
         <v>1312</v>
       </c>
       <c r="D332" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B333" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C333" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D333" t="s">
         <v>1316</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>1317</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>1318</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B334" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C334" t="s">
-        <v>174</v>
+        <v>1319</v>
       </c>
       <c r="D334" t="s">
-        <v>175</v>
+        <v>1320</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B335" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C335" t="s">
-        <v>1321</v>
+        <v>178</v>
       </c>
       <c r="D335" t="s">
-        <v>1322</v>
+        <v>179</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>1323</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>1324</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B336" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C336" t="s">
         <v>1325</v>
       </c>
       <c r="D336" t="s">
         <v>1326</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>1327</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>1328</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C337" t="s">
         <v>1329</v>
       </c>
-      <c r="B337" t="s">
+      <c r="D337" t="s">
         <v>1330</v>
       </c>
-      <c r="C337" t="s">
+      <c r="E337" s="2" t="s">
         <v>1331</v>
       </c>
-      <c r="D337" t="s">
-[...2 lines deleted...]
-      <c r="E337" s="2" t="s">
+      <c r="F337" s="2" t="s">
         <v>1332</v>
-      </c>
-[...1 lines deleted...]
-        <v>1333</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B338" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C338" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="D338" t="s">
-        <v>1335</v>
+        <v>1285</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>1337</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B339" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C339" t="s">
         <v>1338</v>
       </c>
       <c r="D339" t="s">
         <v>1339</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>1340</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>1341</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B340" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C340" t="s">
         <v>1342</v>
       </c>
       <c r="D340" t="s">
         <v>1343</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B341" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C341" t="s">
         <v>1346</v>
       </c>
       <c r="D341" t="s">
         <v>1347</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>1348</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B342" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C342" t="s">
         <v>1350</v>
       </c>
       <c r="D342" t="s">
         <v>1351</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>1352</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>1353</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B343" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C343" t="s">
         <v>1354</v>
       </c>
       <c r="D343" t="s">
         <v>1355</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>1356</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B344" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C344" t="s">
         <v>1358</v>
       </c>
       <c r="D344" t="s">
         <v>1359</v>
       </c>
       <c r="E344" s="2" t="s">
         <v>1360</v>
       </c>
       <c r="F344" s="2" t="s">
         <v>1361</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B345" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C345" t="s">
         <v>1362</v>
       </c>
       <c r="D345" t="s">
         <v>1363</v>
       </c>
       <c r="E345" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B346" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C346" t="s">
         <v>1366</v>
       </c>
       <c r="D346" t="s">
         <v>1367</v>
       </c>
       <c r="E346" s="2" t="s">
         <v>1368</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>1369</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B347" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C347" t="s">
         <v>1370</v>
       </c>
       <c r="D347" t="s">
         <v>1371</v>
       </c>
       <c r="E347" s="2" t="s">
         <v>1372</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>1373</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B348" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C348" t="s">
         <v>1374</v>
       </c>
       <c r="D348" t="s">
         <v>1375</v>
       </c>
       <c r="E348" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="F348" s="2" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C349" t="s">
         <v>1378</v>
       </c>
-      <c r="B349" t="s">
+      <c r="D349" t="s">
         <v>1379</v>
       </c>
-      <c r="C349" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E349" s="2" t="s">
-        <v>202</v>
+        <v>1380</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="B350" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
       <c r="C350" t="s">
-        <v>1381</v>
+        <v>204</v>
       </c>
       <c r="D350" t="s">
-        <v>1382</v>
+        <v>205</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>1383</v>
+        <v>206</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>1384</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="B351" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
       <c r="C351" t="s">
         <v>1385</v>
       </c>
       <c r="D351" t="s">
         <v>1386</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>1387</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>1388</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C352" t="s">
         <v>1389</v>
       </c>
-      <c r="B352" t="s">
+      <c r="D352" t="s">
         <v>1390</v>
       </c>
-      <c r="C352" t="s">
+      <c r="E352" s="2" t="s">
         <v>1391</v>
       </c>
-      <c r="D352" t="s">
+      <c r="F352" s="2" t="s">
         <v>1392</v>
-      </c>
-[...4 lines deleted...]
-        <v>1394</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B353" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C353" t="s">
         <v>1395</v>
       </c>
       <c r="D353" t="s">
         <v>1396</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>1397</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>1398</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B354" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C354" t="s">
         <v>1399</v>
       </c>
       <c r="D354" t="s">
         <v>1400</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>1401</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>1402</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B355" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C355" t="s">
         <v>1403</v>
       </c>
       <c r="D355" t="s">
         <v>1404</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>1405</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>1406</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B356" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C356" t="s">
         <v>1407</v>
       </c>
       <c r="D356" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B357" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C357" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="D357" t="s">
         <v>1411</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>1412</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>1413</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B358" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C358" t="s">
         <v>1414</v>
       </c>
       <c r="D358" t="s">
         <v>1415</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>1416</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>1417</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B359" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C359" t="s">
         <v>1418</v>
       </c>
       <c r="D359" t="s">
         <v>1419</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>1420</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>1421</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B360" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C360" t="s">
         <v>1422</v>
       </c>
       <c r="D360" t="s">
         <v>1423</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>1424</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B361" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C361" t="s">
         <v>1426</v>
       </c>
       <c r="D361" t="s">
         <v>1427</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>1428</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>1429</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B362" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C362" t="s">
         <v>1430</v>
       </c>
       <c r="D362" t="s">
         <v>1431</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>1432</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B363" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C363" t="s">
         <v>1434</v>
       </c>
       <c r="D363" t="s">
         <v>1435</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>1436</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B364" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C364" t="s">
         <v>1438</v>
       </c>
       <c r="D364" t="s">
         <v>1439</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>1440</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>1441</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B365" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C365" t="s">
         <v>1442</v>
       </c>
       <c r="D365" t="s">
         <v>1443</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>1444</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B366" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C366" t="s">
         <v>1446</v>
       </c>
       <c r="D366" t="s">
         <v>1447</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>1448</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B367" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C367" t="s">
         <v>1450</v>
       </c>
       <c r="D367" t="s">
         <v>1451</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>1452</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B368" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C368" t="s">
         <v>1454</v>
       </c>
       <c r="D368" t="s">
         <v>1455</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>1456</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B369" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C369" t="s">
         <v>1458</v>
       </c>
       <c r="D369" t="s">
         <v>1459</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>1460</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B370" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C370" t="s">
         <v>1462</v>
       </c>
       <c r="D370" t="s">
         <v>1463</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>1464</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>1465</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B371" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C371" t="s">
         <v>1466</v>
       </c>
       <c r="D371" t="s">
         <v>1467</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>1468</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>1469</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B372" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C372" t="s">
         <v>1470</v>
       </c>
       <c r="D372" t="s">
         <v>1471</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>1472</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>1473</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B373" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C373" t="s">
         <v>1474</v>
       </c>
       <c r="D373" t="s">
         <v>1475</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>1476</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B374" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C374" t="s">
         <v>1478</v>
       </c>
       <c r="D374" t="s">
         <v>1479</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>1480</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>1481</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B375" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C375" t="s">
         <v>1482</v>
       </c>
       <c r="D375" t="s">
         <v>1483</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>1484</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>1485</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B376" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C376" t="s">
         <v>1486</v>
       </c>
       <c r="D376" t="s">
         <v>1487</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>1488</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>1489</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B377" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C377" t="s">
         <v>1490</v>
       </c>
       <c r="D377" t="s">
         <v>1491</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>1492</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>1493</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B378" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C378" t="s">
         <v>1494</v>
       </c>
       <c r="D378" t="s">
         <v>1495</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>1496</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B379" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C379" t="s">
         <v>1498</v>
       </c>
       <c r="D379" t="s">
         <v>1499</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>1500</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>1501</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B380" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C380" t="s">
         <v>1502</v>
       </c>
       <c r="D380" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B381" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C381" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="D381" t="s">
         <v>1506</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>1507</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>1508</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B382" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C382" t="s">
         <v>1509</v>
       </c>
       <c r="D382" t="s">
         <v>1510</v>
       </c>
       <c r="E382" s="2" t="s">
         <v>1511</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>1512</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B383" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C383" t="s">
         <v>1513</v>
       </c>
       <c r="D383" t="s">
-        <v>934</v>
+        <v>1514</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B384" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C384" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="D384" t="s">
-        <v>1517</v>
+        <v>938</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>1518</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>1519</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B385" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C385" t="s">
         <v>1520</v>
       </c>
       <c r="D385" t="s">
         <v>1521</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>1522</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B386" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C386" t="s">
         <v>1524</v>
       </c>
       <c r="D386" t="s">
         <v>1525</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>1526</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>1527</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B387" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C387" t="s">
         <v>1528</v>
       </c>
       <c r="D387" t="s">
         <v>1529</v>
       </c>
       <c r="E387" s="2" t="s">
         <v>1530</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>1531</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B388" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C388" t="s">
         <v>1532</v>
       </c>
       <c r="D388" t="s">
         <v>1533</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>1534</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>1535</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B389" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C389" t="s">
         <v>1536</v>
       </c>
       <c r="D389" t="s">
         <v>1537</v>
       </c>
       <c r="E389" s="2" t="s">
         <v>1538</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>1539</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B390" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C390" t="s">
         <v>1540</v>
       </c>
       <c r="D390" t="s">
         <v>1541</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>1542</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>1543</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B391" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C391" t="s">
         <v>1544</v>
       </c>
       <c r="D391" t="s">
         <v>1545</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>1546</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>1547</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B392" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C392" t="s">
         <v>1548</v>
       </c>
       <c r="D392" t="s">
         <v>1549</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>1550</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>1551</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B393" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C393" t="s">
         <v>1552</v>
       </c>
       <c r="D393" t="s">
         <v>1553</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>1554</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>1555</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B394" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C394" t="s">
         <v>1556</v>
       </c>
       <c r="D394" t="s">
         <v>1557</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>1558</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>1559</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B395" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C395" t="s">
         <v>1560</v>
       </c>
       <c r="D395" t="s">
         <v>1561</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>1562</v>
       </c>
       <c r="F395" s="2" t="s">
         <v>1563</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B396" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C396" t="s">
         <v>1564</v>
       </c>
       <c r="D396" t="s">
         <v>1565</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>1566</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B397" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C397" t="s">
         <v>1568</v>
       </c>
       <c r="D397" t="s">
         <v>1569</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>1570</v>
       </c>
       <c r="F397" s="2" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="B398" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C398" t="s">
         <v>1572</v>
       </c>
       <c r="D398" t="s">
         <v>1573</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>1574</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>1575</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B399" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C399" t="s">
         <v>1576</v>
       </c>
-      <c r="B399" t="s">
+      <c r="D399" t="s">
         <v>1577</v>
       </c>
-      <c r="C399" t="s">
+      <c r="E399" s="2" t="s">
         <v>1578</v>
       </c>
-      <c r="D399" t="s">
-[...2 lines deleted...]
-      <c r="E399" s="2" t="s">
+      <c r="F399" s="2" t="s">
         <v>1579</v>
-      </c>
-[...1 lines deleted...]
-        <v>1580</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B400" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C400" t="s">
-        <v>334</v>
+        <v>1582</v>
       </c>
       <c r="D400" t="s">
-        <v>335</v>
+        <v>1396</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B401" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C401" t="s">
-        <v>1583</v>
+        <v>338</v>
       </c>
       <c r="D401" t="s">
-        <v>1584</v>
+        <v>339</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>1585</v>
       </c>
       <c r="F401" s="2" t="s">
         <v>1586</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B402" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C402" t="s">
         <v>1587</v>
       </c>
       <c r="D402" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B403" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C403" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="D403" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B404" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C404" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="D404" t="s">
         <v>1594</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>1595</v>
       </c>
       <c r="F404" s="2" t="s">
         <v>1596</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B405" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C405" t="s">
         <v>1597</v>
       </c>
       <c r="D405" t="s">
-        <v>1265</v>
+        <v>1598</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B406" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C406" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="D406" t="s">
-        <v>1601</v>
+        <v>1269</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>1602</v>
       </c>
       <c r="F406" s="2" t="s">
         <v>1603</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B407" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C407" t="s">
         <v>1604</v>
       </c>
       <c r="D407" t="s">
         <v>1605</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>1606</v>
       </c>
       <c r="F407" s="2" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B408" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C408" t="s">
         <v>1608</v>
       </c>
       <c r="D408" t="s">
         <v>1609</v>
       </c>
       <c r="E408" s="2" t="s">
         <v>1610</v>
       </c>
       <c r="F408" s="2" t="s">
         <v>1611</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B409" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C409" t="s">
         <v>1612</v>
       </c>
       <c r="D409" t="s">
         <v>1613</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>1614</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>1615</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B410" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C410" t="s">
         <v>1616</v>
       </c>
       <c r="D410" t="s">
         <v>1617</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>1618</v>
       </c>
       <c r="F410" s="2" t="s">
         <v>1619</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B411" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C411" t="s">
         <v>1620</v>
       </c>
       <c r="D411" t="s">
         <v>1621</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>1622</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>1623</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B412" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C412" t="s">
         <v>1624</v>
       </c>
       <c r="D412" t="s">
         <v>1625</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>1626</v>
       </c>
       <c r="F412" s="2" t="s">
         <v>1627</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B413" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C413" t="s">
-        <v>394</v>
+        <v>1628</v>
       </c>
       <c r="D413" t="s">
-        <v>395</v>
+        <v>1629</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>396</v>
+        <v>1630</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B414" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C414" t="s">
-        <v>1629</v>
+        <v>398</v>
       </c>
       <c r="D414" t="s">
-        <v>1630</v>
+        <v>399</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1631</v>
+        <v>400</v>
       </c>
       <c r="F414" s="2" t="s">
         <v>1632</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="B415" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C415" t="s">
-        <v>1161</v>
+        <v>1633</v>
       </c>
       <c r="D415" t="s">
-        <v>1162</v>
+        <v>1634</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1635</v>
+        <v>1580</v>
       </c>
       <c r="B416" t="s">
-        <v>1636</v>
+        <v>1581</v>
       </c>
       <c r="C416" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1166</v>
+      </c>
+      <c r="E416" s="2" t="s">
         <v>1637</v>
       </c>
-      <c r="D416" t="s">
+      <c r="F416" s="2" t="s">
         <v>1638</v>
-      </c>
-[...4 lines deleted...]
-        <v>1640</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B417" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C417" t="s">
         <v>1641</v>
       </c>
       <c r="D417" t="s">
         <v>1642</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>1643</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>1644</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B418" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C418" t="s">
         <v>1645</v>
       </c>
       <c r="D418" t="s">
         <v>1646</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>1647</v>
       </c>
       <c r="F418" s="2" t="s">
         <v>1648</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B419" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C419" t="s">
-        <v>282</v>
+        <v>1649</v>
       </c>
       <c r="D419" t="s">
-        <v>283</v>
+        <v>1650</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B420" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C420" t="s">
-        <v>514</v>
+        <v>286</v>
       </c>
       <c r="D420" t="s">
-        <v>515</v>
+        <v>287</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B421" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C421" t="s">
-        <v>1653</v>
+        <v>518</v>
       </c>
       <c r="D421" t="s">
-        <v>1654</v>
+        <v>519</v>
       </c>
       <c r="E421" s="2" t="s">
         <v>1655</v>
       </c>
       <c r="F421" s="2" t="s">
         <v>1656</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B422" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C422" t="s">
         <v>1657</v>
       </c>
       <c r="D422" t="s">
         <v>1658</v>
       </c>
       <c r="E422" s="2" t="s">
         <v>1659</v>
       </c>
       <c r="F422" s="2" t="s">
         <v>1660</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B423" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C423" t="s">
-        <v>546</v>
+        <v>1661</v>
       </c>
       <c r="D423" t="s">
-        <v>547</v>
+        <v>1662</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B424" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C424" t="s">
-        <v>290</v>
+        <v>550</v>
       </c>
       <c r="D424" t="s">
-        <v>291</v>
+        <v>551</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>292</v>
+        <v>1665</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>293</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B425" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C425" t="s">
-        <v>1663</v>
+        <v>294</v>
       </c>
       <c r="D425" t="s">
-        <v>1664</v>
+        <v>295</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>1665</v>
+        <v>296</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1666</v>
+        <v>297</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B426" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C426" t="s">
         <v>1667</v>
       </c>
       <c r="D426" t="s">
         <v>1668</v>
       </c>
       <c r="E426" s="2" t="s">
         <v>1669</v>
       </c>
       <c r="F426" s="2" t="s">
         <v>1670</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B427" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C427" t="s">
         <v>1671</v>
       </c>
       <c r="D427" t="s">
         <v>1672</v>
       </c>
       <c r="E427" s="2" t="s">
         <v>1673</v>
       </c>
       <c r="F427" s="2" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B428" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C428" t="s">
         <v>1675</v>
       </c>
       <c r="D428" t="s">
-        <v>535</v>
+        <v>1676</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B429" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C429" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="D429" t="s">
-        <v>1679</v>
+        <v>539</v>
       </c>
       <c r="E429" s="2" t="s">
         <v>1680</v>
       </c>
       <c r="F429" s="2" t="s">
         <v>1681</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B430" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C430" t="s">
-        <v>872</v>
+        <v>1682</v>
       </c>
       <c r="D430" t="s">
-        <v>873</v>
+        <v>1683</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>874</v>
+        <v>1684</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>875</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B431" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C431" t="s">
-        <v>1682</v>
+        <v>876</v>
       </c>
       <c r="D431" t="s">
-        <v>1683</v>
+        <v>877</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>1684</v>
+        <v>878</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1685</v>
+        <v>879</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B432" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C432" t="s">
         <v>1686</v>
       </c>
       <c r="D432" t="s">
         <v>1687</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>1688</v>
       </c>
       <c r="F432" s="2" t="s">
         <v>1689</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B433" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C433" t="s">
-        <v>880</v>
+        <v>1690</v>
       </c>
       <c r="D433" t="s">
-        <v>881</v>
+        <v>1691</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>1133</v>
+        <v>1692</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1134</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B434" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C434" t="s">
-        <v>1690</v>
+        <v>884</v>
       </c>
       <c r="D434" t="s">
-        <v>1691</v>
+        <v>885</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>1692</v>
+        <v>1137</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1693</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B435" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C435" t="s">
-        <v>888</v>
+        <v>1694</v>
       </c>
       <c r="D435" t="s">
-        <v>889</v>
+        <v>1695</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B436" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C436" t="s">
-        <v>302</v>
+        <v>892</v>
       </c>
       <c r="D436" t="s">
-        <v>303</v>
+        <v>893</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>304</v>
+        <v>1698</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>305</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B437" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C437" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="D437" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>1696</v>
+        <v>308</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1697</v>
+        <v>309</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B438" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C438" t="s">
-        <v>594</v>
+        <v>314</v>
       </c>
       <c r="D438" t="s">
-        <v>595</v>
+        <v>315</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>596</v>
+        <v>1700</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>597</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1698</v>
+        <v>1639</v>
       </c>
       <c r="B439" t="s">
-        <v>1699</v>
+        <v>1640</v>
       </c>
       <c r="C439" t="s">
-        <v>1700</v>
+        <v>598</v>
       </c>
       <c r="D439" t="s">
-        <v>1701</v>
+        <v>599</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>1702</v>
+        <v>600</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1703</v>
+        <v>601</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B440" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C440" t="s">
         <v>1704</v>
       </c>
       <c r="D440" t="s">
         <v>1705</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>1706</v>
       </c>
       <c r="F440" s="2" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B441" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C441" t="s">
         <v>1708</v>
       </c>
       <c r="D441" t="s">
         <v>1709</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>1710</v>
       </c>
       <c r="F441" s="2" t="s">
         <v>1711</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B442" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C442" t="s">
         <v>1712</v>
       </c>
       <c r="D442" t="s">
         <v>1713</v>
       </c>
       <c r="E442" s="2" t="s">
         <v>1714</v>
       </c>
       <c r="F442" s="2" t="s">
         <v>1715</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B443" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C443" t="s">
         <v>1716</v>
       </c>
       <c r="D443" t="s">
         <v>1717</v>
       </c>
       <c r="E443" s="2" t="s">
         <v>1718</v>
       </c>
       <c r="F443" s="2" t="s">
         <v>1719</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B444" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C444" t="s">
         <v>1720</v>
       </c>
       <c r="D444" t="s">
         <v>1721</v>
       </c>
       <c r="E444" s="2" t="s">
         <v>1722</v>
       </c>
       <c r="F444" s="2" t="s">
         <v>1723</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B445" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C445" t="s">
         <v>1724</v>
       </c>
       <c r="D445" t="s">
         <v>1725</v>
       </c>
       <c r="E445" s="2" t="s">
         <v>1726</v>
       </c>
       <c r="F445" s="2" t="s">
         <v>1727</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B446" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C446" t="s">
         <v>1728</v>
       </c>
       <c r="D446" t="s">
         <v>1729</v>
       </c>
       <c r="E446" s="2" t="s">
         <v>1730</v>
       </c>
       <c r="F446" s="2" t="s">
         <v>1731</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B447" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C447" t="s">
         <v>1732</v>
       </c>
       <c r="D447" t="s">
         <v>1733</v>
       </c>
       <c r="E447" s="2" t="s">
         <v>1734</v>
       </c>
       <c r="F447" s="2" t="s">
         <v>1735</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B448" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C448" t="s">
         <v>1736</v>
       </c>
       <c r="D448" t="s">
         <v>1737</v>
       </c>
       <c r="E448" s="2" t="s">
         <v>1738</v>
       </c>
       <c r="F448" s="2" t="s">
         <v>1739</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B449" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C449" t="s">
         <v>1740</v>
       </c>
       <c r="D449" t="s">
         <v>1741</v>
       </c>
       <c r="E449" s="2" t="s">
         <v>1742</v>
       </c>
       <c r="F449" s="2" t="s">
         <v>1743</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B450" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C450" t="s">
         <v>1744</v>
       </c>
       <c r="D450" t="s">
         <v>1745</v>
       </c>
       <c r="E450" s="2" t="s">
         <v>1746</v>
       </c>
       <c r="F450" s="2" t="s">
         <v>1747</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B451" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C451" t="s">
         <v>1748</v>
       </c>
       <c r="D451" t="s">
         <v>1749</v>
       </c>
       <c r="E451" s="2" t="s">
         <v>1750</v>
       </c>
       <c r="F451" s="2" t="s">
         <v>1751</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B452" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C452" t="s">
         <v>1752</v>
       </c>
       <c r="D452" t="s">
         <v>1753</v>
       </c>
       <c r="E452" s="2" t="s">
         <v>1754</v>
       </c>
       <c r="F452" s="2" t="s">
         <v>1755</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B453" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C453" t="s">
         <v>1756</v>
       </c>
       <c r="D453" t="s">
         <v>1757</v>
       </c>
       <c r="E453" s="2" t="s">
         <v>1758</v>
       </c>
       <c r="F453" s="2" t="s">
         <v>1759</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B454" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C454" t="s">
         <v>1760</v>
       </c>
       <c r="D454" t="s">
         <v>1761</v>
       </c>
       <c r="E454" s="2" t="s">
         <v>1762</v>
       </c>
       <c r="F454" s="2" t="s">
         <v>1763</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B455" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C455" t="s">
         <v>1764</v>
       </c>
       <c r="D455" t="s">
         <v>1765</v>
       </c>
       <c r="E455" s="2" t="s">
         <v>1766</v>
       </c>
       <c r="F455" s="2" t="s">
         <v>1767</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B456" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C456" t="s">
         <v>1768</v>
       </c>
       <c r="D456" t="s">
         <v>1769</v>
       </c>
       <c r="E456" s="2" t="s">
         <v>1770</v>
       </c>
       <c r="F456" s="2" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B457" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C457" t="s">
         <v>1772</v>
       </c>
       <c r="D457" t="s">
         <v>1773</v>
       </c>
       <c r="E457" s="2" t="s">
         <v>1774</v>
       </c>
       <c r="F457" s="2" t="s">
         <v>1775</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B458" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C458" t="s">
         <v>1776</v>
       </c>
       <c r="D458" t="s">
         <v>1777</v>
       </c>
       <c r="E458" s="2" t="s">
         <v>1778</v>
       </c>
       <c r="F458" s="2" t="s">
         <v>1779</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B459" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C459" t="s">
         <v>1780</v>
       </c>
       <c r="D459" t="s">
         <v>1781</v>
       </c>
       <c r="E459" s="2" t="s">
         <v>1782</v>
       </c>
       <c r="F459" s="2" t="s">
         <v>1783</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B460" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C460" t="s">
         <v>1784</v>
       </c>
       <c r="D460" t="s">
         <v>1785</v>
       </c>
       <c r="E460" s="2" t="s">
         <v>1786</v>
       </c>
       <c r="F460" s="2" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B461" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C461" t="s">
         <v>1788</v>
       </c>
       <c r="D461" t="s">
         <v>1789</v>
       </c>
       <c r="E461" s="2" t="s">
         <v>1790</v>
       </c>
       <c r="F461" s="2" t="s">
         <v>1791</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B462" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C462" t="s">
         <v>1792</v>
       </c>
       <c r="D462" t="s">
         <v>1793</v>
       </c>
       <c r="E462" s="2" t="s">
         <v>1794</v>
       </c>
       <c r="F462" s="2" t="s">
         <v>1795</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B463" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C463" t="s">
         <v>1796</v>
       </c>
       <c r="D463" t="s">
         <v>1797</v>
       </c>
       <c r="E463" s="2" t="s">
         <v>1798</v>
       </c>
       <c r="F463" s="2" t="s">
         <v>1799</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B464" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C464" t="s">
         <v>1800</v>
       </c>
       <c r="D464" t="s">
         <v>1801</v>
       </c>
       <c r="E464" s="2" t="s">
         <v>1802</v>
       </c>
       <c r="F464" s="2" t="s">
         <v>1803</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B465" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C465" t="s">
         <v>1804</v>
       </c>
       <c r="D465" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B466" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C466" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="D466" t="s">
         <v>1808</v>
       </c>
       <c r="E466" s="2" t="s">
         <v>1809</v>
       </c>
       <c r="F466" s="2" t="s">
         <v>1810</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B467" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C467" t="s">
         <v>1811</v>
       </c>
       <c r="D467" t="s">
         <v>1812</v>
       </c>
       <c r="E467" s="2" t="s">
         <v>1813</v>
       </c>
       <c r="F467" s="2" t="s">
         <v>1814</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B468" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C468" t="s">
         <v>1815</v>
       </c>
       <c r="D468" t="s">
         <v>1816</v>
       </c>
       <c r="E468" s="2" t="s">
         <v>1817</v>
       </c>
       <c r="F468" s="2" t="s">
         <v>1818</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B469" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C469" t="s">
         <v>1819</v>
       </c>
       <c r="D469" t="s">
         <v>1820</v>
       </c>
       <c r="E469" s="2" t="s">
         <v>1821</v>
       </c>
       <c r="F469" s="2" t="s">
         <v>1822</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B470" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C470" t="s">
         <v>1823</v>
       </c>
       <c r="D470" t="s">
         <v>1824</v>
       </c>
       <c r="E470" s="2" t="s">
         <v>1825</v>
       </c>
       <c r="F470" s="2" t="s">
         <v>1826</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B471" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C471" t="s">
         <v>1827</v>
       </c>
       <c r="D471" t="s">
         <v>1828</v>
       </c>
       <c r="E471" s="2" t="s">
         <v>1829</v>
       </c>
       <c r="F471" s="2" t="s">
         <v>1830</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B472" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C472" t="s">
         <v>1831</v>
       </c>
       <c r="D472" t="s">
         <v>1832</v>
       </c>
       <c r="E472" s="2" t="s">
         <v>1833</v>
       </c>
       <c r="F472" s="2" t="s">
         <v>1834</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B473" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C473" t="s">
         <v>1835</v>
       </c>
       <c r="D473" t="s">
         <v>1836</v>
       </c>
       <c r="E473" s="2" t="s">
         <v>1837</v>
       </c>
       <c r="F473" s="2" t="s">
         <v>1838</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B474" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C474" t="s">
         <v>1839</v>
       </c>
       <c r="D474" t="s">
-        <v>934</v>
+        <v>1840</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B475" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C475" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="D475" t="s">
-        <v>1843</v>
+        <v>938</v>
       </c>
       <c r="E475" s="2" t="s">
         <v>1844</v>
       </c>
       <c r="F475" s="2" t="s">
         <v>1845</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B476" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C476" t="s">
         <v>1846</v>
       </c>
       <c r="D476" t="s">
         <v>1847</v>
       </c>
       <c r="E476" s="2" t="s">
         <v>1848</v>
       </c>
       <c r="F476" s="2" t="s">
         <v>1849</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C477" t="s">
         <v>1850</v>
       </c>
-      <c r="B477" t="s">
+      <c r="D477" t="s">
         <v>1851</v>
       </c>
-      <c r="C477" t="s">
+      <c r="E477" s="2" t="s">
         <v>1852</v>
       </c>
-      <c r="D477" t="s">
+      <c r="F477" s="2" t="s">
         <v>1853</v>
-      </c>
-[...4 lines deleted...]
-        <v>1855</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
       <c r="B478" t="s">
-        <v>1851</v>
+        <v>1855</v>
       </c>
       <c r="C478" t="s">
         <v>1856</v>
       </c>
       <c r="D478" t="s">
         <v>1857</v>
       </c>
       <c r="E478" s="2" t="s">
         <v>1858</v>
       </c>
       <c r="F478" s="2" t="s">
         <v>1859</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
       <c r="B479" t="s">
-        <v>1851</v>
+        <v>1855</v>
       </c>
       <c r="C479" t="s">
         <v>1860</v>
       </c>
       <c r="D479" t="s">
         <v>1861</v>
       </c>
       <c r="E479" s="2" t="s">
         <v>1862</v>
       </c>
       <c r="F479" s="2" t="s">
         <v>1863</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
       <c r="B480" t="s">
-        <v>1851</v>
+        <v>1855</v>
       </c>
       <c r="C480" t="s">
         <v>1864</v>
       </c>
       <c r="D480" t="s">
         <v>1865</v>
       </c>
       <c r="E480" s="2" t="s">
         <v>1866</v>
       </c>
       <c r="F480" s="2" t="s">
         <v>1867</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
       <c r="B481" t="s">
-        <v>1851</v>
+        <v>1855</v>
       </c>
       <c r="C481" t="s">
         <v>1868</v>
       </c>
       <c r="D481" t="s">
         <v>1869</v>
       </c>
       <c r="E481" s="2" t="s">
         <v>1870</v>
       </c>
       <c r="F481" s="2" t="s">
         <v>1871</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
       <c r="B482" t="s">
-        <v>1851</v>
+        <v>1855</v>
       </c>
       <c r="C482" t="s">
         <v>1872</v>
       </c>
       <c r="D482" t="s">
         <v>1873</v>
       </c>
       <c r="E482" s="2" t="s">
         <v>1874</v>
       </c>
       <c r="F482" s="2" t="s">
         <v>1875</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B483" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C483" t="s">
         <v>1876</v>
       </c>
-      <c r="B483" t="s">
+      <c r="D483" t="s">
         <v>1877</v>
       </c>
-      <c r="C483" t="s">
+      <c r="E483" s="2" t="s">
         <v>1878</v>
       </c>
-      <c r="D483" t="s">
+      <c r="F483" s="2" t="s">
         <v>1879</v>
-      </c>
-[...4 lines deleted...]
-        <v>1881</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1876</v>
+        <v>1880</v>
       </c>
       <c r="B484" t="s">
-        <v>1877</v>
+        <v>1881</v>
       </c>
       <c r="C484" t="s">
-        <v>1732</v>
+        <v>1882</v>
       </c>
       <c r="D484" t="s">
-        <v>1733</v>
+        <v>1883</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1876</v>
+        <v>1880</v>
       </c>
       <c r="B485" t="s">
-        <v>1877</v>
+        <v>1881</v>
       </c>
       <c r="C485" t="s">
-        <v>1776</v>
+        <v>1736</v>
       </c>
       <c r="D485" t="s">
-        <v>1777</v>
+        <v>1737</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1876</v>
+        <v>1880</v>
       </c>
       <c r="B486" t="s">
-        <v>1877</v>
+        <v>1881</v>
       </c>
       <c r="C486" t="s">
-        <v>1784</v>
+        <v>1780</v>
       </c>
       <c r="D486" t="s">
-        <v>1785</v>
+        <v>1781</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1876</v>
+        <v>1880</v>
       </c>
       <c r="B487" t="s">
-        <v>1877</v>
+        <v>1881</v>
       </c>
       <c r="C487" t="s">
-        <v>1811</v>
+        <v>1788</v>
       </c>
       <c r="D487" t="s">
-        <v>1812</v>
+        <v>1789</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1876</v>
+        <v>1880</v>
       </c>
       <c r="B488" t="s">
-        <v>1877</v>
+        <v>1881</v>
       </c>
       <c r="C488" t="s">
-        <v>1890</v>
+        <v>1815</v>
       </c>
       <c r="D488" t="s">
-        <v>1891</v>
+        <v>1816</v>
       </c>
       <c r="E488" s="2" t="s">
         <v>1892</v>
       </c>
       <c r="F488" s="2" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1876</v>
+        <v>1880</v>
       </c>
       <c r="B489" t="s">
-        <v>1877</v>
+        <v>1881</v>
       </c>
       <c r="C489" t="s">
-        <v>1815</v>
+        <v>1894</v>
       </c>
       <c r="D489" t="s">
-        <v>1816</v>
+        <v>1895</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1896</v>
+        <v>1880</v>
       </c>
       <c r="B490" t="s">
-        <v>1897</v>
+        <v>1881</v>
       </c>
       <c r="C490" t="s">
-        <v>514</v>
+        <v>1819</v>
       </c>
       <c r="D490" t="s">
-        <v>515</v>
+        <v>1820</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>1651</v>
+        <v>1898</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B491" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C491" t="s">
-        <v>1899</v>
+        <v>518</v>
       </c>
       <c r="D491" t="s">
-        <v>1900</v>
+        <v>519</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>1901</v>
+        <v>1655</v>
       </c>
       <c r="F491" s="2" t="s">
         <v>1902</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B492" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C492" t="s">
         <v>1903</v>
       </c>
       <c r="D492" t="s">
         <v>1904</v>
       </c>
       <c r="E492" s="2" t="s">
         <v>1905</v>
       </c>
       <c r="F492" s="2" t="s">
         <v>1906</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B493" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C493" t="s">
         <v>1907</v>
       </c>
       <c r="D493" t="s">
-        <v>905</v>
+        <v>1908</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B494" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C494" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="D494" t="s">
-        <v>1911</v>
+        <v>909</v>
       </c>
       <c r="E494" s="2" t="s">
         <v>1912</v>
       </c>
       <c r="F494" s="2" t="s">
         <v>1913</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B495" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C495" t="s">
         <v>1914</v>
       </c>
       <c r="D495" t="s">
         <v>1915</v>
       </c>
       <c r="E495" s="2" t="s">
         <v>1916</v>
       </c>
       <c r="F495" s="2" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B496" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C496" t="s">
-        <v>290</v>
+        <v>1918</v>
       </c>
       <c r="D496" t="s">
-        <v>291</v>
+        <v>1919</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>292</v>
+        <v>1920</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>293</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B497" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C497" t="s">
-        <v>1918</v>
+        <v>294</v>
       </c>
       <c r="D497" t="s">
-        <v>1919</v>
+        <v>295</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>1920</v>
+        <v>296</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>1921</v>
+        <v>297</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B498" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C498" t="s">
         <v>1922</v>
       </c>
       <c r="D498" t="s">
-        <v>481</v>
+        <v>1923</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B499" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C499" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="D499" t="s">
-        <v>1926</v>
+        <v>485</v>
       </c>
       <c r="E499" s="2" t="s">
         <v>1927</v>
       </c>
       <c r="F499" s="2" t="s">
         <v>1928</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B500" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C500" t="s">
-        <v>872</v>
+        <v>1929</v>
       </c>
       <c r="D500" t="s">
-        <v>873</v>
+        <v>1930</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>874</v>
+        <v>1931</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>875</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B501" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C501" t="s">
-        <v>1682</v>
+        <v>876</v>
       </c>
       <c r="D501" t="s">
-        <v>1683</v>
+        <v>877</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>1929</v>
+        <v>878</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1930</v>
+        <v>879</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B502" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C502" t="s">
-        <v>1931</v>
+        <v>1686</v>
       </c>
       <c r="D502" t="s">
-        <v>1932</v>
+        <v>1687</v>
       </c>
       <c r="E502" s="2" t="s">
         <v>1933</v>
       </c>
       <c r="F502" s="2" t="s">
         <v>1934</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B503" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C503" t="s">
-        <v>298</v>
+        <v>1935</v>
       </c>
       <c r="D503" t="s">
-        <v>299</v>
+        <v>1936</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>300</v>
+        <v>1937</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B504" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C504" t="s">
-        <v>880</v>
+        <v>302</v>
       </c>
       <c r="D504" t="s">
-        <v>881</v>
+        <v>303</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>1133</v>
+        <v>304</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B505" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C505" t="s">
         <v>884</v>
       </c>
       <c r="D505" t="s">
         <v>885</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>1937</v>
+        <v>1137</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B506" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C506" t="s">
-        <v>302</v>
+        <v>888</v>
       </c>
       <c r="D506" t="s">
-        <v>303</v>
+        <v>889</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>304</v>
+        <v>1941</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B507" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C507" t="s">
-        <v>1940</v>
+        <v>306</v>
       </c>
       <c r="D507" t="s">
-        <v>1941</v>
+        <v>307</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>1942</v>
+        <v>308</v>
       </c>
       <c r="F507" s="2" t="s">
         <v>1943</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B508" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="C508" t="s">
-        <v>310</v>
+        <v>1944</v>
       </c>
       <c r="D508" t="s">
-        <v>311</v>
+        <v>1945</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>312</v>
+        <v>1946</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>1944</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1945</v>
+        <v>1900</v>
       </c>
       <c r="B509" t="s">
-        <v>1946</v>
+        <v>1901</v>
       </c>
       <c r="C509" t="s">
-        <v>1947</v>
+        <v>314</v>
       </c>
       <c r="D509" t="s">
+        <v>315</v>
+      </c>
+      <c r="E509" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="F509" s="2" t="s">
         <v>1948</v>
-      </c>
-[...4 lines deleted...]
-        <v>1950</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B510" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C510" t="s">
         <v>1951</v>
       </c>
       <c r="D510" t="s">
         <v>1952</v>
       </c>
       <c r="E510" s="2" t="s">
         <v>1953</v>
       </c>
       <c r="F510" s="2" t="s">
         <v>1954</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B511" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C511" t="s">
         <v>1955</v>
       </c>
       <c r="D511" t="s">
         <v>1956</v>
       </c>
       <c r="E511" s="2" t="s">
         <v>1957</v>
       </c>
       <c r="F511" s="2" t="s">
         <v>1958</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B512" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C512" t="s">
         <v>1959</v>
       </c>
       <c r="D512" t="s">
         <v>1960</v>
       </c>
       <c r="E512" s="2" t="s">
         <v>1961</v>
       </c>
       <c r="F512" s="2" t="s">
         <v>1962</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B513" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C513" t="s">
         <v>1963</v>
       </c>
       <c r="D513" t="s">
         <v>1964</v>
       </c>
       <c r="E513" s="2" t="s">
         <v>1965</v>
       </c>
       <c r="F513" s="2" t="s">
         <v>1966</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B514" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C514" t="s">
         <v>1967</v>
       </c>
       <c r="D514" t="s">
         <v>1968</v>
       </c>
       <c r="E514" s="2" t="s">
         <v>1969</v>
       </c>
       <c r="F514" s="2" t="s">
         <v>1970</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B515" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C515" t="s">
         <v>1971</v>
       </c>
       <c r="D515" t="s">
-        <v>1423</v>
+        <v>1972</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B516" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C516" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="D516" t="s">
-        <v>1975</v>
+        <v>1427</v>
       </c>
       <c r="E516" s="2" t="s">
         <v>1976</v>
       </c>
       <c r="F516" s="2" t="s">
         <v>1977</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B517" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C517" t="s">
         <v>1978</v>
       </c>
       <c r="D517" t="s">
         <v>1979</v>
       </c>
       <c r="E517" s="2" t="s">
         <v>1980</v>
       </c>
       <c r="F517" s="2" t="s">
         <v>1981</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B518" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C518" t="s">
-        <v>66</v>
+        <v>1982</v>
       </c>
       <c r="D518" t="s">
-        <v>67</v>
+        <v>1983</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B519" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C519" t="s">
-        <v>1984</v>
+        <v>70</v>
       </c>
       <c r="D519" t="s">
-        <v>1985</v>
+        <v>71</v>
       </c>
       <c r="E519" s="2" t="s">
         <v>1986</v>
       </c>
       <c r="F519" s="2" t="s">
         <v>1987</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B520" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C520" t="s">
         <v>1988</v>
       </c>
       <c r="D520" t="s">
         <v>1989</v>
       </c>
       <c r="E520" s="2" t="s">
         <v>1990</v>
       </c>
       <c r="F520" s="2" t="s">
         <v>1991</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B521" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C521" t="s">
         <v>1992</v>
       </c>
       <c r="D521" t="s">
         <v>1993</v>
       </c>
       <c r="E521" s="2" t="s">
         <v>1994</v>
       </c>
       <c r="F521" s="2" t="s">
         <v>1995</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B522" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C522" t="s">
         <v>1996</v>
       </c>
       <c r="D522" t="s">
         <v>1997</v>
       </c>
       <c r="E522" s="2" t="s">
         <v>1998</v>
       </c>
       <c r="F522" s="2" t="s">
         <v>1999</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C523" t="s">
         <v>2000</v>
       </c>
-      <c r="B523" t="s">
+      <c r="D523" t="s">
         <v>2001</v>
       </c>
-      <c r="C523" t="s">
+      <c r="E523" s="2" t="s">
         <v>2002</v>
       </c>
-      <c r="D523" t="s">
+      <c r="F523" s="2" t="s">
         <v>2003</v>
-      </c>
-[...4 lines deleted...]
-        <v>2005</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="B524" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="C524" t="s">
         <v>2006</v>
       </c>
       <c r="D524" t="s">
         <v>2007</v>
       </c>
       <c r="E524" s="2" t="s">
         <v>2008</v>
       </c>
       <c r="F524" s="2" t="s">
         <v>2009</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="B525" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="C525" t="s">
-        <v>298</v>
+        <v>2010</v>
       </c>
       <c r="D525" t="s">
-        <v>299</v>
+        <v>2011</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="B526" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="C526" t="s">
-        <v>2012</v>
+        <v>302</v>
       </c>
       <c r="D526" t="s">
-        <v>2013</v>
+        <v>303</v>
       </c>
       <c r="E526" s="2" t="s">
         <v>2014</v>
       </c>
       <c r="F526" s="2" t="s">
         <v>2015</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B527" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C527" t="s">
         <v>2016</v>
       </c>
-      <c r="B527" t="s">
+      <c r="D527" t="s">
         <v>2017</v>
       </c>
-      <c r="C527" t="s">
+      <c r="E527" s="2" t="s">
         <v>2018</v>
       </c>
-      <c r="D527" t="s">
+      <c r="F527" s="2" t="s">
         <v>2019</v>
-      </c>
-[...4 lines deleted...]
-        <v>2021</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B528" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C528" t="s">
         <v>2022</v>
       </c>
       <c r="D528" t="s">
         <v>2023</v>
       </c>
       <c r="E528" s="2" t="s">
         <v>2024</v>
       </c>
       <c r="F528" s="2" t="s">
         <v>2025</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B529" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C529" t="s">
         <v>2026</v>
       </c>
       <c r="D529" t="s">
         <v>2027</v>
       </c>
       <c r="E529" s="2" t="s">
         <v>2028</v>
       </c>
       <c r="F529" s="2" t="s">
         <v>2029</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B530" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C530" t="s">
         <v>2030</v>
       </c>
       <c r="D530" t="s">
         <v>2031</v>
       </c>
       <c r="E530" s="2" t="s">
         <v>2032</v>
       </c>
       <c r="F530" s="2" t="s">
         <v>2033</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B531" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C531" t="s">
         <v>2034</v>
       </c>
       <c r="D531" t="s">
         <v>2035</v>
       </c>
       <c r="E531" s="2" t="s">
         <v>2036</v>
       </c>
       <c r="F531" s="2" t="s">
         <v>2037</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B532" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C532" t="s">
         <v>2038</v>
       </c>
       <c r="D532" t="s">
         <v>2039</v>
       </c>
       <c r="E532" s="2" t="s">
         <v>2040</v>
       </c>
       <c r="F532" s="2" t="s">
         <v>2041</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B533" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C533" t="s">
         <v>2042</v>
       </c>
       <c r="D533" t="s">
         <v>2043</v>
       </c>
       <c r="E533" s="2" t="s">
         <v>2044</v>
       </c>
       <c r="F533" s="2" t="s">
         <v>2045</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B534" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C534" t="s">
         <v>2046</v>
       </c>
       <c r="D534" t="s">
         <v>2047</v>
       </c>
       <c r="E534" s="2" t="s">
         <v>2048</v>
       </c>
       <c r="F534" s="2" t="s">
         <v>2049</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B535" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C535" t="s">
         <v>2050</v>
       </c>
       <c r="D535" t="s">
         <v>2051</v>
       </c>
       <c r="E535" s="2" t="s">
         <v>2052</v>
       </c>
       <c r="F535" s="2" t="s">
         <v>2053</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B536" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C536" t="s">
         <v>2054</v>
       </c>
       <c r="D536" t="s">
         <v>2055</v>
       </c>
       <c r="E536" s="2" t="s">
         <v>2056</v>
       </c>
       <c r="F536" s="2" t="s">
         <v>2057</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B537" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C537" t="s">
         <v>2058</v>
       </c>
       <c r="D537" t="s">
         <v>2059</v>
       </c>
       <c r="E537" s="2" t="s">
         <v>2060</v>
       </c>
       <c r="F537" s="2" t="s">
         <v>2061</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B538" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C538" t="s">
         <v>2062</v>
       </c>
-      <c r="B538" t="s">
+      <c r="D538" t="s">
         <v>2063</v>
       </c>
-      <c r="C538" t="s">
+      <c r="E538" s="2" t="s">
         <v>2064</v>
       </c>
-      <c r="D538" t="s">
+      <c r="F538" s="2" t="s">
         <v>2065</v>
-      </c>
-[...4 lines deleted...]
-        <v>2067</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B539" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C539" t="s">
         <v>2068</v>
       </c>
       <c r="D539" t="s">
         <v>2069</v>
       </c>
       <c r="E539" s="2" t="s">
         <v>2070</v>
       </c>
       <c r="F539" s="2" t="s">
         <v>2071</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B540" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C540" t="s">
         <v>2072</v>
       </c>
       <c r="D540" t="s">
         <v>2073</v>
       </c>
       <c r="E540" s="2" t="s">
         <v>2074</v>
       </c>
       <c r="F540" s="2" t="s">
         <v>2075</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B541" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C541" t="s">
         <v>2076</v>
       </c>
       <c r="D541" t="s">
         <v>2077</v>
       </c>
       <c r="E541" s="2" t="s">
         <v>2078</v>
       </c>
       <c r="F541" s="2" t="s">
         <v>2079</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B542" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C542" t="s">
         <v>2080</v>
       </c>
       <c r="D542" t="s">
         <v>2081</v>
       </c>
       <c r="E542" s="2" t="s">
         <v>2082</v>
       </c>
       <c r="F542" s="2" t="s">
         <v>2083</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B543" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C543" t="s">
         <v>2084</v>
       </c>
       <c r="D543" t="s">
         <v>2085</v>
       </c>
       <c r="E543" s="2" t="s">
         <v>2086</v>
       </c>
       <c r="F543" s="2" t="s">
         <v>2087</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B544" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C544" t="s">
         <v>2088</v>
       </c>
       <c r="D544" t="s">
         <v>2089</v>
       </c>
       <c r="E544" s="2" t="s">
         <v>2090</v>
       </c>
       <c r="F544" s="2" t="s">
         <v>2091</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B545" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C545" t="s">
         <v>2092</v>
       </c>
       <c r="D545" t="s">
         <v>2093</v>
       </c>
       <c r="E545" s="2" t="s">
         <v>2094</v>
       </c>
       <c r="F545" s="2" t="s">
         <v>2095</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B546" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C546" t="s">
         <v>2096</v>
       </c>
       <c r="D546" t="s">
         <v>2097</v>
       </c>
       <c r="E546" s="2" t="s">
         <v>2098</v>
       </c>
       <c r="F546" s="2" t="s">
         <v>2099</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B547" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C547" t="s">
         <v>2100</v>
       </c>
       <c r="D547" t="s">
         <v>2101</v>
       </c>
       <c r="E547" s="2" t="s">
         <v>2102</v>
       </c>
       <c r="F547" s="2" t="s">
         <v>2103</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B548" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C548" t="s">
         <v>2104</v>
       </c>
       <c r="D548" t="s">
         <v>2105</v>
       </c>
       <c r="E548" s="2" t="s">
         <v>2106</v>
       </c>
       <c r="F548" s="2" t="s">
         <v>2107</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B549" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C549" t="s">
-        <v>542</v>
+        <v>2108</v>
       </c>
       <c r="D549" t="s">
-        <v>543</v>
+        <v>2109</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>2108</v>
+        <v>2110</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B550" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C550" t="s">
-        <v>2110</v>
+        <v>546</v>
       </c>
       <c r="D550" t="s">
-        <v>2111</v>
+        <v>547</v>
       </c>
       <c r="E550" s="2" t="s">
         <v>2112</v>
       </c>
       <c r="F550" s="2" t="s">
         <v>2113</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B551" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C551" t="s">
         <v>2114</v>
       </c>
       <c r="D551" t="s">
         <v>2115</v>
       </c>
       <c r="E551" s="2" t="s">
         <v>2116</v>
       </c>
       <c r="F551" s="2" t="s">
         <v>2117</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B552" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C552" t="s">
         <v>2118</v>
       </c>
       <c r="D552" t="s">
         <v>2119</v>
       </c>
       <c r="E552" s="2" t="s">
         <v>2120</v>
       </c>
       <c r="F552" s="2" t="s">
         <v>2121</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B553" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C553" t="s">
         <v>2122</v>
       </c>
       <c r="D553" t="s">
         <v>2123</v>
       </c>
       <c r="E553" s="2" t="s">
         <v>2124</v>
       </c>
       <c r="F553" s="2" t="s">
         <v>2125</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B554" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C554" t="s">
         <v>2126</v>
       </c>
       <c r="D554" t="s">
         <v>2127</v>
       </c>
       <c r="E554" s="2" t="s">
         <v>2128</v>
       </c>
       <c r="F554" s="2" t="s">
         <v>2129</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B555" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C555" t="s">
-        <v>884</v>
+        <v>2130</v>
       </c>
       <c r="D555" t="s">
-        <v>885</v>
+        <v>2131</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>2131</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B556" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C556" t="s">
-        <v>2132</v>
+        <v>888</v>
       </c>
       <c r="D556" t="s">
-        <v>2133</v>
+        <v>889</v>
       </c>
       <c r="E556" s="2" t="s">
         <v>2134</v>
       </c>
       <c r="F556" s="2" t="s">
         <v>2135</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B557" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C557" t="s">
         <v>2136</v>
       </c>
-      <c r="B557" t="s">
+      <c r="D557" t="s">
         <v>2137</v>
       </c>
-      <c r="C557" t="s">
+      <c r="E557" s="2" t="s">
         <v>2138</v>
       </c>
-      <c r="D557" t="s">
+      <c r="F557" s="2" t="s">
         <v>2139</v>
-      </c>
-[...4 lines deleted...]
-        <v>2141</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
       <c r="B558" t="s">
-        <v>2137</v>
+        <v>2141</v>
       </c>
       <c r="C558" t="s">
-        <v>872</v>
+        <v>2142</v>
       </c>
       <c r="D558" t="s">
-        <v>873</v>
+        <v>2143</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>874</v>
+        <v>2144</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>2142</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
       <c r="B559" t="s">
-        <v>2137</v>
+        <v>2141</v>
       </c>
       <c r="C559" t="s">
-        <v>2143</v>
+        <v>876</v>
       </c>
       <c r="D559" t="s">
-        <v>2144</v>
+        <v>877</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>2145</v>
+        <v>878</v>
       </c>
       <c r="F559" s="2" t="s">
         <v>2146</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B560" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C560" t="s">
         <v>2147</v>
       </c>
-      <c r="B560" t="s">
+      <c r="D560" t="s">
         <v>2148</v>
       </c>
-      <c r="C560" t="s">
+      <c r="E560" s="2" t="s">
         <v>2149</v>
       </c>
-      <c r="D560" t="s">
+      <c r="F560" s="2" t="s">
         <v>2150</v>
-      </c>
-[...4 lines deleted...]
-        <v>2152</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B561" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C561" t="s">
-        <v>514</v>
+        <v>2153</v>
       </c>
       <c r="D561" t="s">
-        <v>515</v>
+        <v>2154</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B562" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C562" t="s">
-        <v>2155</v>
+        <v>518</v>
       </c>
       <c r="D562" t="s">
-        <v>2156</v>
+        <v>519</v>
       </c>
       <c r="E562" s="2" t="s">
         <v>2157</v>
       </c>
       <c r="F562" s="2" t="s">
         <v>2158</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B563" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C563" t="s">
         <v>2159</v>
       </c>
       <c r="D563" t="s">
         <v>2160</v>
       </c>
       <c r="E563" s="2" t="s">
         <v>2161</v>
       </c>
       <c r="F563" s="2" t="s">
         <v>2162</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B564" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C564" t="s">
         <v>2163</v>
       </c>
       <c r="D564" t="s">
         <v>2164</v>
       </c>
       <c r="E564" s="2" t="s">
         <v>2165</v>
       </c>
       <c r="F564" s="2" t="s">
         <v>2166</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B565" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C565" t="s">
         <v>2167</v>
       </c>
       <c r="D565" t="s">
         <v>2168</v>
       </c>
       <c r="E565" s="2" t="s">
         <v>2169</v>
       </c>
       <c r="F565" s="2" t="s">
         <v>2170</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B566" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C566" t="s">
         <v>2171</v>
       </c>
       <c r="D566" t="s">
         <v>2172</v>
       </c>
       <c r="E566" s="2" t="s">
         <v>2173</v>
       </c>
       <c r="F566" s="2" t="s">
         <v>2174</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B567" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C567" t="s">
         <v>2175</v>
       </c>
       <c r="D567" t="s">
         <v>2176</v>
       </c>
       <c r="E567" s="2" t="s">
         <v>2177</v>
       </c>
       <c r="F567" s="2" t="s">
         <v>2178</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B568" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C568" t="s">
         <v>2179</v>
       </c>
       <c r="D568" t="s">
         <v>2180</v>
       </c>
       <c r="E568" s="2" t="s">
         <v>2181</v>
       </c>
       <c r="F568" s="2" t="s">
         <v>2182</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B569" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C569" t="s">
         <v>2183</v>
       </c>
       <c r="D569" t="s">
         <v>2184</v>
       </c>
       <c r="E569" s="2" t="s">
         <v>2185</v>
       </c>
       <c r="F569" s="2" t="s">
         <v>2186</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B570" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C570" t="s">
         <v>2187</v>
       </c>
       <c r="D570" t="s">
         <v>2188</v>
       </c>
       <c r="E570" s="2" t="s">
         <v>2189</v>
       </c>
       <c r="F570" s="2" t="s">
         <v>2190</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B571" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C571" t="s">
         <v>2191</v>
       </c>
       <c r="D571" t="s">
         <v>2192</v>
       </c>
       <c r="E571" s="2" t="s">
         <v>2193</v>
       </c>
       <c r="F571" s="2" t="s">
         <v>2194</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B572" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C572" t="s">
-        <v>2143</v>
+        <v>2195</v>
       </c>
       <c r="D572" t="s">
-        <v>2144</v>
+        <v>2196</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B573" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C573" t="s">
         <v>2147</v>
       </c>
-      <c r="B573" t="s">
+      <c r="D573" t="s">
         <v>2148</v>
       </c>
-      <c r="C573" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E573" s="2" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B574" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C574" t="s">
-        <v>2199</v>
+        <v>892</v>
       </c>
       <c r="D574" t="s">
-        <v>2200</v>
+        <v>893</v>
       </c>
       <c r="E574" s="2" t="s">
         <v>2201</v>
       </c>
       <c r="F574" s="2" t="s">
         <v>2202</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B575" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C575" t="s">
         <v>2203</v>
       </c>
       <c r="D575" t="s">
         <v>2204</v>
       </c>
       <c r="E575" s="2" t="s">
         <v>2205</v>
       </c>
       <c r="F575" s="2" t="s">
         <v>2206</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B576" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C576" t="s">
         <v>2207</v>
       </c>
       <c r="D576" t="s">
         <v>2208</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>2209</v>
       </c>
       <c r="F576" s="2" t="s">
         <v>2210</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B577" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C577" t="s">
         <v>2211</v>
       </c>
       <c r="D577" t="s">
         <v>2212</v>
       </c>
       <c r="E577" s="2" t="s">
         <v>2213</v>
       </c>
       <c r="F577" s="2" t="s">
         <v>2214</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B578" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="C578" t="s">
         <v>2215</v>
       </c>
       <c r="D578" t="s">
         <v>2216</v>
       </c>
       <c r="E578" s="2" t="s">
         <v>2217</v>
       </c>
       <c r="F578" s="2" t="s">
         <v>2218</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B579" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C579" t="s">
         <v>2219</v>
       </c>
-      <c r="B579" t="s">
+      <c r="D579" t="s">
         <v>2220</v>
       </c>
-      <c r="C579" t="s">
+      <c r="E579" s="2" t="s">
         <v>2221</v>
       </c>
-      <c r="D579" t="s">
+      <c r="F579" s="2" t="s">
         <v>2222</v>
-      </c>
-[...4 lines deleted...]
-        <v>2224</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
       <c r="B580" t="s">
-        <v>2220</v>
+        <v>2224</v>
       </c>
       <c r="C580" t="s">
         <v>2225</v>
       </c>
       <c r="D580" t="s">
         <v>2226</v>
       </c>
       <c r="E580" s="2" t="s">
         <v>2227</v>
       </c>
       <c r="F580" s="2" t="s">
         <v>2228</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
       <c r="B581" t="s">
-        <v>2220</v>
+        <v>2224</v>
       </c>
       <c r="C581" t="s">
         <v>2229</v>
       </c>
       <c r="D581" t="s">
         <v>2230</v>
       </c>
       <c r="E581" s="2" t="s">
         <v>2231</v>
       </c>
       <c r="F581" s="2" t="s">
         <v>2232</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
       <c r="B582" t="s">
-        <v>2220</v>
+        <v>2224</v>
       </c>
       <c r="C582" t="s">
         <v>2233</v>
       </c>
       <c r="D582" t="s">
         <v>2234</v>
       </c>
       <c r="E582" s="2" t="s">
         <v>2235</v>
       </c>
       <c r="F582" s="2" t="s">
         <v>2236</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
       <c r="B583" t="s">
-        <v>2220</v>
+        <v>2224</v>
       </c>
       <c r="C583" t="s">
         <v>2237</v>
       </c>
       <c r="D583" t="s">
         <v>2238</v>
       </c>
       <c r="E583" s="2" t="s">
         <v>2239</v>
       </c>
       <c r="F583" s="2" t="s">
         <v>2240</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
       <c r="B584" t="s">
-        <v>2220</v>
+        <v>2224</v>
       </c>
       <c r="C584" t="s">
         <v>2241</v>
       </c>
       <c r="D584" t="s">
         <v>2242</v>
       </c>
       <c r="E584" s="2" t="s">
         <v>2243</v>
       </c>
       <c r="F584" s="2" t="s">
         <v>2244</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B585" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C585" t="s">
         <v>2245</v>
       </c>
-      <c r="B585" t="s">
+      <c r="D585" t="s">
         <v>2246</v>
       </c>
-      <c r="C585" t="s">
+      <c r="E585" s="2" t="s">
         <v>2247</v>
       </c>
-      <c r="D585" t="s">
+      <c r="F585" s="2" t="s">
         <v>2248</v>
-      </c>
-[...4 lines deleted...]
-        <v>2250</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B586" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C586" t="s">
         <v>2251</v>
       </c>
       <c r="D586" t="s">
-        <v>1415</v>
+        <v>2252</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>2252</v>
+        <v>2253</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>2253</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B587" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C587" t="s">
-        <v>2254</v>
+        <v>2255</v>
       </c>
       <c r="D587" t="s">
-        <v>2255</v>
+        <v>1419</v>
       </c>
       <c r="E587" s="2" t="s">
         <v>2256</v>
       </c>
       <c r="F587" s="2" t="s">
         <v>2257</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B588" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C588" t="s">
         <v>2258</v>
       </c>
       <c r="D588" t="s">
         <v>2259</v>
       </c>
       <c r="E588" s="2" t="s">
         <v>2260</v>
       </c>
       <c r="F588" s="2" t="s">
         <v>2261</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B589" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C589" t="s">
         <v>2262</v>
       </c>
       <c r="D589" t="s">
         <v>2263</v>
       </c>
       <c r="E589" s="2" t="s">
         <v>2264</v>
       </c>
       <c r="F589" s="2" t="s">
         <v>2265</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B590" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C590" t="s">
         <v>2266</v>
       </c>
       <c r="D590" t="s">
-        <v>1475</v>
+        <v>2267</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>2267</v>
+        <v>2268</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B591" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C591" t="s">
-        <v>2269</v>
+        <v>2270</v>
       </c>
       <c r="D591" t="s">
-        <v>2270</v>
+        <v>1479</v>
       </c>
       <c r="E591" s="2" t="s">
         <v>2271</v>
       </c>
       <c r="F591" s="2" t="s">
         <v>2272</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B592" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C592" t="s">
         <v>2273</v>
       </c>
       <c r="D592" t="s">
         <v>2274</v>
       </c>
       <c r="E592" s="2" t="s">
         <v>2275</v>
       </c>
       <c r="F592" s="2" t="s">
         <v>2276</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B593" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C593" t="s">
         <v>2277</v>
       </c>
       <c r="D593" t="s">
         <v>2278</v>
       </c>
       <c r="E593" s="2" t="s">
         <v>2279</v>
       </c>
       <c r="F593" s="2" t="s">
         <v>2280</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B594" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C594" t="s">
         <v>2281</v>
       </c>
       <c r="D594" t="s">
         <v>2282</v>
       </c>
       <c r="E594" s="2" t="s">
         <v>2283</v>
       </c>
       <c r="F594" s="2" t="s">
         <v>2284</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B595" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C595" t="s">
         <v>2285</v>
       </c>
       <c r="D595" t="s">
         <v>2286</v>
       </c>
       <c r="E595" s="2" t="s">
         <v>2287</v>
       </c>
       <c r="F595" s="2" t="s">
         <v>2288</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B596" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C596" t="s">
         <v>2289</v>
       </c>
       <c r="D596" t="s">
-        <v>481</v>
+        <v>2290</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B597" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C597" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
       <c r="D597" t="s">
-        <v>1471</v>
+        <v>485</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B598" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C598" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="D598" t="s">
-        <v>2296</v>
+        <v>1475</v>
       </c>
       <c r="E598" s="2" t="s">
         <v>2297</v>
       </c>
       <c r="F598" s="2" t="s">
         <v>2298</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B599" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C599" t="s">
         <v>2299</v>
       </c>
       <c r="D599" t="s">
         <v>2300</v>
       </c>
       <c r="E599" s="2" t="s">
         <v>2301</v>
       </c>
       <c r="F599" s="2" t="s">
         <v>2302</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B600" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C600" t="s">
         <v>2303</v>
       </c>
       <c r="D600" t="s">
         <v>2304</v>
       </c>
       <c r="E600" s="2" t="s">
         <v>2305</v>
       </c>
       <c r="F600" s="2" t="s">
         <v>2306</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B601" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C601" t="s">
         <v>2307</v>
       </c>
       <c r="D601" t="s">
         <v>2308</v>
       </c>
       <c r="E601" s="2" t="s">
         <v>2309</v>
       </c>
       <c r="F601" s="2" t="s">
         <v>2310</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B602" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C602" t="s">
         <v>2311</v>
       </c>
       <c r="D602" t="s">
         <v>2312</v>
       </c>
       <c r="E602" s="2" t="s">
         <v>2313</v>
       </c>
       <c r="F602" s="2" t="s">
         <v>2314</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B603" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C603" t="s">
         <v>2315</v>
       </c>
       <c r="D603" t="s">
         <v>2316</v>
       </c>
       <c r="E603" s="2" t="s">
         <v>2317</v>
       </c>
       <c r="F603" s="2" t="s">
         <v>2318</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B604" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C604" t="s">
         <v>2319</v>
       </c>
       <c r="D604" t="s">
-        <v>1549</v>
+        <v>2320</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="B605" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="C605" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="D605" t="s">
-        <v>2323</v>
+        <v>1553</v>
       </c>
       <c r="E605" s="2" t="s">
         <v>2324</v>
       </c>
       <c r="F605" s="2" t="s">
         <v>2325</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
+        <v>2249</v>
+      </c>
+      <c r="B606" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C606" t="s">
         <v>2326</v>
       </c>
-      <c r="B606" t="s">
+      <c r="D606" t="s">
         <v>2327</v>
       </c>
-      <c r="C606" t="s">
+      <c r="E606" s="2" t="s">
         <v>2328</v>
       </c>
-      <c r="D606" t="s">
+      <c r="F606" s="2" t="s">
         <v>2329</v>
-      </c>
-[...4 lines deleted...]
-        <v>2331</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B607" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C607" t="s">
         <v>2332</v>
       </c>
       <c r="D607" t="s">
         <v>2333</v>
       </c>
       <c r="E607" s="2" t="s">
         <v>2334</v>
       </c>
       <c r="F607" s="2" t="s">
         <v>2335</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B608" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C608" t="s">
         <v>2336</v>
       </c>
       <c r="D608" t="s">
         <v>2337</v>
       </c>
       <c r="E608" s="2" t="s">
         <v>2338</v>
       </c>
       <c r="F608" s="2" t="s">
         <v>2339</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B609" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C609" t="s">
         <v>2340</v>
       </c>
       <c r="D609" t="s">
         <v>2341</v>
       </c>
       <c r="E609" s="2" t="s">
         <v>2342</v>
       </c>
       <c r="F609" s="2" t="s">
         <v>2343</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B610" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C610" t="s">
         <v>2344</v>
       </c>
       <c r="D610" t="s">
         <v>2345</v>
       </c>
       <c r="E610" s="2" t="s">
         <v>2346</v>
       </c>
       <c r="F610" s="2" t="s">
         <v>2347</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B611" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C611" t="s">
         <v>2348</v>
       </c>
       <c r="D611" t="s">
         <v>2349</v>
       </c>
       <c r="E611" s="2" t="s">
         <v>2350</v>
       </c>
       <c r="F611" s="2" t="s">
         <v>2351</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B612" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C612" t="s">
         <v>2352</v>
       </c>
       <c r="D612" t="s">
         <v>2353</v>
       </c>
       <c r="E612" s="2" t="s">
         <v>2354</v>
       </c>
       <c r="F612" s="2" t="s">
         <v>2355</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B613" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C613" t="s">
         <v>2356</v>
       </c>
       <c r="D613" t="s">
         <v>2357</v>
       </c>
       <c r="E613" s="2" t="s">
         <v>2358</v>
       </c>
       <c r="F613" s="2" t="s">
         <v>2359</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B614" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C614" t="s">
         <v>2360</v>
       </c>
       <c r="D614" t="s">
         <v>2361</v>
       </c>
       <c r="E614" s="2" t="s">
         <v>2362</v>
       </c>
       <c r="F614" s="2" t="s">
         <v>2363</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B615" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C615" t="s">
         <v>2364</v>
       </c>
       <c r="D615" t="s">
-        <v>1281</v>
+        <v>2365</v>
       </c>
       <c r="E615" s="2" t="s">
-        <v>2365</v>
+        <v>2366</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B616" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C616" t="s">
-        <v>1249</v>
+        <v>2368</v>
       </c>
       <c r="D616" t="s">
-        <v>1249</v>
+        <v>1285</v>
       </c>
       <c r="E616" s="2" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B617" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C617" t="s">
-        <v>2369</v>
+        <v>1253</v>
       </c>
       <c r="D617" t="s">
-        <v>2370</v>
+        <v>1253</v>
       </c>
       <c r="E617" s="2" t="s">
         <v>2371</v>
       </c>
       <c r="F617" s="2" t="s">
         <v>2372</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B618" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C618" t="s">
         <v>2373</v>
       </c>
       <c r="D618" t="s">
         <v>2374</v>
       </c>
       <c r="E618" s="2" t="s">
         <v>2375</v>
       </c>
       <c r="F618" s="2" t="s">
         <v>2376</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B619" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C619" t="s">
         <v>2377</v>
       </c>
       <c r="D619" t="s">
         <v>2378</v>
       </c>
       <c r="E619" s="2" t="s">
         <v>2379</v>
       </c>
       <c r="F619" s="2" t="s">
         <v>2380</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B620" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C620" t="s">
         <v>2381</v>
       </c>
       <c r="D620" t="s">
         <v>2382</v>
       </c>
       <c r="E620" s="2" t="s">
         <v>2383</v>
       </c>
       <c r="F620" s="2" t="s">
         <v>2384</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B621" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C621" t="s">
         <v>2385</v>
       </c>
       <c r="D621" t="s">
-        <v>913</v>
+        <v>2386</v>
       </c>
       <c r="E621" s="2" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B622" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C622" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
       <c r="D622" t="s">
-        <v>2389</v>
+        <v>917</v>
       </c>
       <c r="E622" s="2" t="s">
         <v>2390</v>
       </c>
       <c r="F622" s="2" t="s">
         <v>2391</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B623" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C623" t="s">
         <v>2392</v>
       </c>
       <c r="D623" t="s">
         <v>2393</v>
       </c>
       <c r="E623" s="2" t="s">
         <v>2394</v>
       </c>
       <c r="F623" s="2" t="s">
         <v>2395</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B624" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C624" t="s">
         <v>2396</v>
       </c>
       <c r="D624" t="s">
         <v>2397</v>
       </c>
       <c r="E624" s="2" t="s">
         <v>2398</v>
       </c>
       <c r="F624" s="2" t="s">
         <v>2399</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B625" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C625" t="s">
         <v>2400</v>
       </c>
       <c r="D625" t="s">
         <v>2401</v>
       </c>
       <c r="E625" s="2" t="s">
         <v>2402</v>
       </c>
       <c r="F625" s="2" t="s">
         <v>2403</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B626" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C626" t="s">
-        <v>58</v>
+        <v>2404</v>
       </c>
       <c r="D626" t="s">
-        <v>59</v>
+        <v>2405</v>
       </c>
       <c r="E626" s="2" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>2405</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B627" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C627" t="s">
-        <v>2406</v>
+        <v>62</v>
       </c>
       <c r="D627" t="s">
-        <v>2407</v>
+        <v>63</v>
       </c>
       <c r="E627" s="2" t="s">
         <v>2408</v>
       </c>
       <c r="F627" s="2" t="s">
         <v>2409</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B628" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C628" t="s">
         <v>2410</v>
       </c>
       <c r="D628" t="s">
         <v>2411</v>
       </c>
       <c r="E628" s="2" t="s">
         <v>2412</v>
       </c>
       <c r="F628" s="2" t="s">
         <v>2413</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B629" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C629" t="s">
         <v>2414</v>
       </c>
       <c r="D629" t="s">
         <v>2415</v>
       </c>
       <c r="E629" s="2" t="s">
         <v>2416</v>
       </c>
       <c r="F629" s="2" t="s">
         <v>2417</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B630" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C630" t="s">
         <v>2418</v>
       </c>
       <c r="D630" t="s">
         <v>2419</v>
       </c>
       <c r="E630" s="2" t="s">
         <v>2420</v>
       </c>
       <c r="F630" s="2" t="s">
         <v>2421</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B631" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C631" t="s">
         <v>2422</v>
       </c>
       <c r="D631" t="s">
         <v>2423</v>
       </c>
       <c r="E631" s="2" t="s">
         <v>2424</v>
       </c>
       <c r="F631" s="2" t="s">
         <v>2425</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="B632" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="C632" t="s">
         <v>2426</v>
       </c>
       <c r="D632" t="s">
         <v>2427</v>
       </c>
       <c r="E632" s="2" t="s">
         <v>2428</v>
       </c>
       <c r="F632" s="2" t="s">
         <v>2429</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
+        <v>2330</v>
+      </c>
+      <c r="B633" t="s">
+        <v>2331</v>
+      </c>
+      <c r="C633" t="s">
         <v>2430</v>
       </c>
-      <c r="B633" t="s">
+      <c r="D633" t="s">
         <v>2431</v>
       </c>
-      <c r="C633" t="s">
+      <c r="E633" s="2" t="s">
         <v>2432</v>
       </c>
-      <c r="D633" t="s">
+      <c r="F633" s="2" t="s">
         <v>2433</v>
-      </c>
-[...4 lines deleted...]
-        <v>2435</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>2430</v>
+        <v>2434</v>
       </c>
       <c r="B634" t="s">
-        <v>2431</v>
+        <v>2435</v>
       </c>
       <c r="C634" t="s">
-        <v>1304</v>
+        <v>2436</v>
       </c>
       <c r="D634" t="s">
-        <v>1305</v>
+        <v>2437</v>
       </c>
       <c r="E634" s="2" t="s">
-        <v>2436</v>
+        <v>2438</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>2437</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>2430</v>
+        <v>2434</v>
       </c>
       <c r="B635" t="s">
-        <v>2431</v>
+        <v>2435</v>
       </c>
       <c r="C635" t="s">
-        <v>2438</v>
+        <v>1308</v>
       </c>
       <c r="D635" t="s">
-        <v>2439</v>
+        <v>1309</v>
       </c>
       <c r="E635" s="2" t="s">
         <v>2440</v>
       </c>
       <c r="F635" s="2" t="s">
         <v>2441</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B636" t="s">
+        <v>2435</v>
+      </c>
+      <c r="C636" t="s">
         <v>2442</v>
       </c>
-      <c r="B636" t="s">
+      <c r="D636" t="s">
         <v>2443</v>
       </c>
-      <c r="C636" t="s">
+      <c r="E636" s="2" t="s">
         <v>2444</v>
       </c>
-      <c r="D636" t="s">
+      <c r="F636" s="2" t="s">
         <v>2445</v>
-      </c>
-[...4 lines deleted...]
-        <v>2447</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B637" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C637" t="s">
         <v>2448</v>
       </c>
       <c r="D637" t="s">
         <v>2449</v>
       </c>
       <c r="E637" s="2" t="s">
         <v>2450</v>
       </c>
       <c r="F637" s="2" t="s">
         <v>2451</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B638" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C638" t="s">
         <v>2452</v>
       </c>
       <c r="D638" t="s">
         <v>2453</v>
       </c>
       <c r="E638" s="2" t="s">
         <v>2454</v>
       </c>
       <c r="F638" s="2" t="s">
         <v>2455</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B639" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C639" t="s">
         <v>2456</v>
       </c>
       <c r="D639" t="s">
         <v>2457</v>
       </c>
       <c r="E639" s="2" t="s">
         <v>2458</v>
       </c>
       <c r="F639" s="2" t="s">
         <v>2459</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B640" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C640" t="s">
         <v>2460</v>
       </c>
       <c r="D640" t="s">
         <v>2461</v>
       </c>
       <c r="E640" s="2" t="s">
         <v>2462</v>
       </c>
       <c r="F640" s="2" t="s">
         <v>2463</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B641" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C641" t="s">
         <v>2464</v>
       </c>
       <c r="D641" t="s">
         <v>2465</v>
       </c>
       <c r="E641" s="2" t="s">
         <v>2466</v>
       </c>
       <c r="F641" s="2" t="s">
         <v>2467</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B642" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C642" t="s">
         <v>2468</v>
       </c>
       <c r="D642" t="s">
         <v>2469</v>
       </c>
       <c r="E642" s="2" t="s">
         <v>2470</v>
       </c>
       <c r="F642" s="2" t="s">
         <v>2471</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B643" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C643" t="s">
         <v>2472</v>
       </c>
       <c r="D643" t="s">
         <v>2473</v>
       </c>
       <c r="E643" s="2" t="s">
         <v>2474</v>
       </c>
       <c r="F643" s="2" t="s">
         <v>2475</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B644" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C644" t="s">
         <v>2476</v>
       </c>
       <c r="D644" t="s">
         <v>2477</v>
       </c>
       <c r="E644" s="2" t="s">
         <v>2478</v>
       </c>
       <c r="F644" s="2" t="s">
         <v>2479</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B645" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C645" t="s">
-        <v>366</v>
+        <v>2480</v>
       </c>
       <c r="D645" t="s">
-        <v>367</v>
+        <v>2481</v>
       </c>
       <c r="E645" s="2" t="s">
-        <v>2480</v>
+        <v>2482</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>2481</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B646" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C646" t="s">
-        <v>2482</v>
+        <v>370</v>
       </c>
       <c r="D646" t="s">
-        <v>2483</v>
+        <v>371</v>
       </c>
       <c r="E646" s="2" t="s">
         <v>2484</v>
       </c>
       <c r="F646" s="2" t="s">
         <v>2485</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B647" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C647" t="s">
         <v>2486</v>
       </c>
       <c r="D647" t="s">
         <v>2487</v>
       </c>
       <c r="E647" s="2" t="s">
         <v>2488</v>
       </c>
       <c r="F647" s="2" t="s">
         <v>2489</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B648" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C648" t="s">
         <v>2490</v>
       </c>
       <c r="D648" t="s">
         <v>2491</v>
       </c>
       <c r="E648" s="2" t="s">
         <v>2492</v>
       </c>
       <c r="F648" s="2" t="s">
         <v>2493</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B649" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C649" t="s">
         <v>2494</v>
       </c>
       <c r="D649" t="s">
         <v>2495</v>
       </c>
       <c r="E649" s="2" t="s">
         <v>2496</v>
       </c>
       <c r="F649" s="2" t="s">
         <v>2497</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B650" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C650" t="s">
         <v>2498</v>
       </c>
       <c r="D650" t="s">
         <v>2499</v>
       </c>
       <c r="E650" s="2" t="s">
         <v>2500</v>
       </c>
       <c r="F650" s="2" t="s">
         <v>2501</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B651" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C651" t="s">
         <v>2502</v>
       </c>
       <c r="D651" t="s">
         <v>2503</v>
       </c>
       <c r="E651" s="2" t="s">
         <v>2504</v>
       </c>
       <c r="F651" s="2" t="s">
         <v>2505</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B652" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C652" t="s">
         <v>2506</v>
       </c>
       <c r="D652" t="s">
         <v>2507</v>
       </c>
       <c r="E652" s="2" t="s">
         <v>2508</v>
       </c>
       <c r="F652" s="2" t="s">
         <v>2509</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B653" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C653" t="s">
         <v>2510</v>
       </c>
       <c r="D653" t="s">
         <v>2511</v>
       </c>
       <c r="E653" s="2" t="s">
         <v>2512</v>
       </c>
       <c r="F653" s="2" t="s">
         <v>2513</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B654" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C654" t="s">
         <v>2514</v>
       </c>
       <c r="D654" t="s">
         <v>2515</v>
       </c>
       <c r="E654" s="2" t="s">
         <v>2516</v>
       </c>
       <c r="F654" s="2" t="s">
         <v>2517</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B655" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C655" t="s">
         <v>2518</v>
       </c>
       <c r="D655" t="s">
         <v>2519</v>
       </c>
       <c r="E655" s="2" t="s">
         <v>2520</v>
       </c>
       <c r="F655" s="2" t="s">
         <v>2521</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B656" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C656" t="s">
         <v>2522</v>
       </c>
       <c r="D656" t="s">
         <v>2523</v>
       </c>
       <c r="E656" s="2" t="s">
         <v>2524</v>
       </c>
       <c r="F656" s="2" t="s">
         <v>2525</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B657" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C657" t="s">
         <v>2526</v>
       </c>
       <c r="D657" t="s">
         <v>2527</v>
       </c>
       <c r="E657" s="2" t="s">
         <v>2528</v>
       </c>
       <c r="F657" s="2" t="s">
         <v>2529</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B658" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C658" t="s">
         <v>2530</v>
       </c>
       <c r="D658" t="s">
         <v>2531</v>
       </c>
       <c r="E658" s="2" t="s">
         <v>2532</v>
       </c>
       <c r="F658" s="2" t="s">
         <v>2533</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B659" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C659" t="s">
         <v>2534</v>
       </c>
       <c r="D659" t="s">
-        <v>2349</v>
+        <v>2535</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B660" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C660" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
       <c r="D660" t="s">
-        <v>2537</v>
+        <v>2353</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>2539</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B661" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C661" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
       <c r="D661" t="s">
         <v>2541</v>
       </c>
       <c r="E661" s="2" t="s">
         <v>2542</v>
       </c>
       <c r="F661" s="2" t="s">
         <v>2543</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B662" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C662" t="s">
         <v>2544</v>
       </c>
       <c r="D662" t="s">
         <v>2545</v>
       </c>
       <c r="E662" s="2" t="s">
         <v>2546</v>
       </c>
       <c r="F662" s="2" t="s">
         <v>2547</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B663" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C663" t="s">
         <v>2548</v>
       </c>
       <c r="D663" t="s">
         <v>2549</v>
       </c>
       <c r="E663" s="2" t="s">
         <v>2550</v>
       </c>
       <c r="F663" s="2" t="s">
         <v>2551</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B664" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C664" t="s">
         <v>2552</v>
       </c>
       <c r="D664" t="s">
         <v>2553</v>
       </c>
       <c r="E664" s="2" t="s">
         <v>2554</v>
       </c>
       <c r="F664" s="2" t="s">
         <v>2555</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B665" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C665" t="s">
         <v>2556</v>
       </c>
       <c r="D665" t="s">
         <v>2557</v>
       </c>
       <c r="E665" s="2" t="s">
         <v>2558</v>
       </c>
       <c r="F665" s="2" t="s">
         <v>2559</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B666" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C666" t="s">
         <v>2560</v>
       </c>
       <c r="D666" t="s">
         <v>2561</v>
       </c>
       <c r="E666" s="2" t="s">
         <v>2562</v>
       </c>
       <c r="F666" s="2" t="s">
         <v>2563</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B667" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C667" t="s">
         <v>2564</v>
       </c>
       <c r="D667" t="s">
         <v>2565</v>
       </c>
       <c r="E667" s="2" t="s">
         <v>2566</v>
       </c>
       <c r="F667" s="2" t="s">
         <v>2567</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="B668" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="C668" t="s">
         <v>2568</v>
       </c>
       <c r="D668" t="s">
         <v>2569</v>
       </c>
       <c r="E668" s="2" t="s">
         <v>2570</v>
       </c>
       <c r="F668" s="2" t="s">
         <v>2571</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B669" t="s">
+        <v>2447</v>
+      </c>
+      <c r="C669" t="s">
         <v>2572</v>
       </c>
-      <c r="B669" t="s">
+      <c r="D669" t="s">
         <v>2573</v>
       </c>
-      <c r="C669" t="s">
+      <c r="E669" s="2" t="s">
         <v>2574</v>
       </c>
-      <c r="D669" t="s">
+      <c r="F669" s="2" t="s">
         <v>2575</v>
-      </c>
-[...4 lines deleted...]
-        <v>2577</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="B670" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="C670" t="s">
         <v>2578</v>
       </c>
       <c r="D670" t="s">
         <v>2579</v>
       </c>
       <c r="E670" s="2" t="s">
         <v>2580</v>
       </c>
       <c r="F670" s="2" t="s">
         <v>2581</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="B671" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="C671" t="s">
         <v>2582</v>
       </c>
       <c r="D671" t="s">
         <v>2583</v>
       </c>
       <c r="E671" s="2" t="s">
         <v>2584</v>
       </c>
       <c r="F671" s="2" t="s">
         <v>2585</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="B672" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="C672" t="s">
         <v>2586</v>
       </c>
       <c r="D672" t="s">
         <v>2587</v>
       </c>
       <c r="E672" s="2" t="s">
         <v>2588</v>
       </c>
       <c r="F672" s="2" t="s">
         <v>2589</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="B673" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="C673" t="s">
         <v>2590</v>
       </c>
       <c r="D673" t="s">
         <v>2591</v>
       </c>
       <c r="E673" s="2" t="s">
         <v>2592</v>
       </c>
       <c r="F673" s="2" t="s">
         <v>2593</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="B674" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="C674" t="s">
         <v>2594</v>
       </c>
       <c r="D674" t="s">
         <v>2595</v>
       </c>
       <c r="E674" s="2" t="s">
         <v>2596</v>
       </c>
       <c r="F674" s="2" t="s">
         <v>2597</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="B675" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="C675" t="s">
         <v>2598</v>
       </c>
       <c r="D675" t="s">
         <v>2599</v>
       </c>
       <c r="E675" s="2" t="s">
         <v>2600</v>
       </c>
       <c r="F675" s="2" t="s">
         <v>2601</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="B676" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="C676" t="s">
         <v>2602</v>
       </c>
       <c r="D676" t="s">
         <v>2603</v>
       </c>
       <c r="E676" s="2" t="s">
         <v>2604</v>
       </c>
       <c r="F676" s="2" t="s">
         <v>2605</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="B677" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="C677" t="s">
         <v>2606</v>
       </c>
       <c r="D677" t="s">
         <v>2607</v>
       </c>
       <c r="E677" s="2" t="s">
         <v>2608</v>
       </c>
       <c r="F677" s="2" t="s">
         <v>2609</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="B678" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="C678" t="s">
         <v>2610</v>
       </c>
       <c r="D678" t="s">
         <v>2611</v>
       </c>
       <c r="E678" s="2" t="s">
         <v>2612</v>
       </c>
       <c r="F678" s="2" t="s">
         <v>2613</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
+        <v>2576</v>
+      </c>
+      <c r="B679" t="s">
+        <v>2577</v>
+      </c>
+      <c r="C679" t="s">
         <v>2614</v>
       </c>
-      <c r="B679" t="s">
+      <c r="D679" t="s">
         <v>2615</v>
       </c>
-      <c r="C679" t="s">
+      <c r="E679" s="2" t="s">
         <v>2616</v>
       </c>
-      <c r="D679" t="s">
+      <c r="F679" s="2" t="s">
         <v>2617</v>
-      </c>
-[...4 lines deleted...]
-        <v>2619</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" t="s">
-        <v>2614</v>
+        <v>2618</v>
       </c>
       <c r="B680" t="s">
-        <v>2615</v>
+        <v>2619</v>
       </c>
       <c r="C680" t="s">
-        <v>282</v>
+        <v>2620</v>
       </c>
       <c r="D680" t="s">
-        <v>283</v>
+        <v>2621</v>
       </c>
       <c r="E680" s="2" t="s">
-        <v>2620</v>
+        <v>2622</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>2621</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" t="s">
-        <v>2614</v>
+        <v>2618</v>
       </c>
       <c r="B681" t="s">
-        <v>2615</v>
+        <v>2619</v>
       </c>
       <c r="C681" t="s">
-        <v>2622</v>
+        <v>286</v>
       </c>
       <c r="D681" t="s">
-        <v>515</v>
+        <v>287</v>
       </c>
       <c r="E681" s="2" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" t="s">
-        <v>2614</v>
+        <v>2618</v>
       </c>
       <c r="B682" t="s">
-        <v>2615</v>
+        <v>2619</v>
       </c>
       <c r="C682" t="s">
-        <v>2625</v>
+        <v>2626</v>
       </c>
       <c r="D682" t="s">
-        <v>2626</v>
+        <v>519</v>
       </c>
       <c r="E682" s="2" t="s">
         <v>2627</v>
       </c>
       <c r="F682" s="2" t="s">
         <v>2628</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" t="s">
-        <v>2614</v>
+        <v>2618</v>
       </c>
       <c r="B683" t="s">
-        <v>2615</v>
+        <v>2619</v>
       </c>
       <c r="C683" t="s">
         <v>2629</v>
       </c>
       <c r="D683" t="s">
         <v>2630</v>
       </c>
       <c r="E683" s="2" t="s">
         <v>2631</v>
       </c>
       <c r="F683" s="2" t="s">
         <v>2632</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" t="s">
-        <v>2614</v>
+        <v>2618</v>
       </c>
       <c r="B684" t="s">
-        <v>2615</v>
+        <v>2619</v>
       </c>
       <c r="C684" t="s">
         <v>2633</v>
       </c>
       <c r="D684" t="s">
         <v>2634</v>
       </c>
       <c r="E684" s="2" t="s">
         <v>2635</v>
       </c>
       <c r="F684" s="2" t="s">
         <v>2636</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" t="s">
-        <v>2614</v>
+        <v>2618</v>
       </c>
       <c r="B685" t="s">
-        <v>2615</v>
+        <v>2619</v>
       </c>
       <c r="C685" t="s">
         <v>2637</v>
       </c>
       <c r="D685" t="s">
         <v>2638</v>
       </c>
       <c r="E685" s="2" t="s">
         <v>2639</v>
       </c>
       <c r="F685" s="2" t="s">
         <v>2640</v>
+      </c>
+    </row>
+    <row r="686" spans="1:6">
+      <c r="A686" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B686" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C686" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D686" t="s">
+        <v>2642</v>
+      </c>
+      <c r="E686" s="2" t="s">
+        <v>2643</v>
+      </c>
+      <c r="F686" s="2" t="s">
+        <v>2644</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">