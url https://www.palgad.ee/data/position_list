--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2645">
   <si>
     <t>www.palgad.ee</t>
   </si>
   <si>
-    <t>12/2025</t>
+    <t>02/2026</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_ee</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_ee</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_ee</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administratiivtöö</t>
   </si>