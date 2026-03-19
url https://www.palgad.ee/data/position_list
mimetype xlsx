--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2645">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2723">
   <si>
     <t>www.palgad.ee</t>
   </si>
   <si>
-    <t>02/2026</t>
+    <t>03/2026</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_ee</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_ee</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_ee</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administratiivtöö</t>
   </si>
@@ -488,50 +488,80 @@
 * Operating towed machines such as seed drills or manure spreaders to plant, fertilize, dust, and spray crops. 
 * Loading hoppers, containers, or conveyors to feed machines with products, using forklifts, transfer augers, suction gates, shovels, or pitchforks. 
 * Spraying fertilizer or pesticide solutions to control insects, fungus and weed growth, and diseases, using hand sprayers. 
 * Mixing specified materials or chemicals, and dump solutions, powders, or seeds into planter or sprayer machinery. 
 * Irrigating soil, using portable pipes or ditch systems, and maintaining ditches or pipes and pumps. 
 * Directing and monitoring the activities of work crews engaged in planting, weeding, or harvesting activities. 
 * Loading and unloading crops or containers of materials, manually or using conveyors, handtrucks, forklifts, or transfer augers. 
 * Weighing crop-filled containers, and record weights and other identifying information. </t>
   </si>
   <si>
     <t>* Põllumajandustootmisel kasutatavate seadmete haldamine, näiteks traktorid, kombainid ja niisutusseadmed. 
 * Masinate kasutamise jälgimine ja kuulamine seadmete rikke tuvastamiseks. 
 * Põllutööriistade, nagu adrakettad, pihustid või harvesterid, kinnitamine traktoritele poltide ja käsitööriistade abil. 
 * Veoautode juhtimine saagi, tarvikute, tööriistade või põllutööliste vedamiseks. 
 * Farmi masinate kohandamine, parandamine ja hooldamine ning juhendajate teavitamine masinate rikke korral. 
 * Pukseeritavate masinate, nt külvikute või sõnnikulaoturite, käitamine põllukultuuride istutamiseks, väetamiseks, tolmutamiseks ja pritsimiseks. 
 * Punkrite, konteinerite või konveierite laadimine, mis annavad masinatele tooteid ette, kasutades tõstukeid, ülekandetigusid, imiväravaid, labidaid või kahvleid. 
 * Väetise või pestitsiidilahuste pihustamine putukate, seente ja umbrohu kasvu ning haiguste tõrjeks käsipihustitega. 
 * Määratud materjalide või kemikaalide segamine ja lahuste, pulbrite või seemnete viskamine istutus- või pihustusmasinatesse. 
 * Pinnase niisutamine, teisaldatavate torude või kraavisüsteemide kasutamine ning kraavide või torude ja pumpade hooldamine. 
 * Istutamise, umbrohutõrje- või koristamistegevusega tegelevate töömeeskondade tegevuse suunamine ja jälgimine. 
 * Saagi või materjalikonteinerite peale- ja mahalaadimine käsitsi või konveierite, käsitõstukite, tõstukite või ülekandetigude abil. 
 * Saagiga täidetud konteinerite kaalumine ning kaalude ja muu identifitseeriva teabe registreerimine.</t>
   </si>
   <si>
+    <t>Agricultural Specialist</t>
+  </si>
+  <si>
+    <t>Põllumajandusspetsialist</t>
+  </si>
+  <si>
+    <t>* Preparing soil for planting and sowing through plowing, fertilization, and irrigation.
+* Sowing grains and industrial crops, as well as planting vegetables in prepared fields.
+* Protecting crops from diseases and pests through spraying and dusting with fungicides and pesticides.
+* Harvesting mature crops such as grains, rye, and barley, or gathering root vegetables like potatoes, corn, beets, and tobacco.
+* Classifying, storing, and dispatching harvested products to market.
+* Monitoring crop growth and development, ensuring optimal conditions for yield.
+* Implementing sustainable agricultural practices to enhance soil health and productivity.
+* Collaborating with agronomists and other specialists to improve farming techniques and crop varieties.
+* Keeping accurate records of planting schedules, crop yields, and pesticide applications.
+* Staying updated on agricultural trends, technologies, and regulations to ensure compliance and innovation in farming practices.</t>
+  </si>
+  <si>
+    <t>* Ettevalmistama pinnas külviks ja külvamiseks läbi künnaks, väetamise ja niisutamise.
+* Külvama teravilju ja tööstuskultuure ning istutama köögivilju ettevalmistatud põldudesse.
+* Kaitsma põllukultuure haiguste ja kahjurite eest pihustamise ja puistamisega seene- ja putukatõrjevahenditega.
+* Koristama küpseid põllukultuure nagu teraviljad, rukis ja oder, või korjama juurvilju nagu kartulid, mais, peedid ja tubakas.
+* Liigitama, ladustama ja saatma koristatud tooteid turule.
+* Jälgima taimekasvu ja arengut, tagades optimaalsed tingimused saagikuseks.
+* Rakendama jätkusuutlikke põllumajandus tavasid, et parandada mulla tervist ja produktiivsust.
+* Koostööd tegema agronoomide ja teiste spetsialistidega, et parandada põllumajandustehnikaid ja kultivaride sortimenti.
+* Hoidsama täpseid Kirjeid külvikavade, saagikuse ja pestitsiidide kasutamise kohta.
+* Jälgima põllumajandustrendide, tehnoloogiate ja regulatsioonide arenguid, et tagada nõuete täitmine ja uuenduste rakendamine põllumajanduses.</t>
+  </si>
+  <si>
     <t>Agricultural Technician</t>
   </si>
   <si>
     <t>Põllumajandustehnik</t>
   </si>
   <si>
     <t>* Responsibility for planting, spraying, collecting, storing and selling agricultural products.
 * Operating agricultural machinery and equipment and keeping them in working order.
 * Collecting the samples of crops and livestock.
 * Conducting experiments aimed at increasing the fertility of crops, livestock performance and their resistance to disease and pests.
 * Keeping records of discovered facts, their analysing and drawing conclusions.
 * Cleaning and sterilising the laboratory and laboratory equipment.</t>
   </si>
   <si>
     <t>* Vastutus põllumajandustoodete istutamise, pihustamise, kogumise, ladustamise ja müümise eest. 
 * Põllumajandusmasinate ja seadmete juhtimine ning töökorras hoidmine. 
 * Proovide kogumine põllukultuuridelt ja kariloomadelt. 
 * Katsete läbiviimine, mille eesmärk on suurendada põllukultuuride viljakust, kariloomade jõudlust ning nende vastupanuvõimet haigustele ja kahjuritele. 
 * Avastatud faktide üle arvestuse pidamine, nende analüüsimine ja järelduste tegemine. 
 * Labori ja laboriseadmete puhastamine ja steriliseerimine.</t>
   </si>
   <si>
     <t>Agricultural Technologist</t>
   </si>
   <si>
@@ -968,50 +998,76 @@
 * Meigi abil eriefektide (vananemine, verevalumid, haavad jne) loomine. 
 * Parukate ja sarnaste toodete valmistamine. 
 * Kipsist nägude ja/või peade valmistamine. 
 * Lateksi- ja silikoonmaskide tegemine näost ja/või peadest.</t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Modell</t>
   </si>
   <si>
     <t xml:space="preserve">* Posing in front of the lenses of photographers, following their instructions. 
 * Viewing of clothes, products etc.
 * Performing in TV adverts.
 * Cooperation with visagists, hair dressers and clothes stylists.
 * Transferring to castings and places of photographing.
 </t>
   </si>
   <si>
     <t xml:space="preserve">* Fotograafide kaamerate ees poseerimine, nende juhiste järgimine. 
 * Riiete, toodete jms näitamine. 
 * Esinemine telereklaamides. 
 * Koostöö kosmeetikutega, juuksurite ja riiete stilistidega. 
 * Castingutele ja pildistamistele minemine. </t>
+  </si>
+  <si>
+    <t>Museum Specialist</t>
+  </si>
+  <si>
+    <t>Muuseumi spetsialist</t>
+  </si>
+  <si>
+    <t>Management, registration, and protection of collection items.
+Professional processing and cataloguing of artefacts.
+Creation and implementation of exhibition projects.
+Scientific research activities in the relevant field.
+Preparation of educational and outreach materials and lectures.
+Methodological guidance in acquiring new collections.
+Collaboration with professional institutions.
+Supervision of storage conditions and conservation processes.</t>
+  </si>
+  <si>
+    <t>Kogude esemete haldamine, arvelevõtt ja kaitse.
+Eksponaatide erialane töötlemine ja kataloogimine.
+Näitusprojektide loomine ja teostamine.
+Teaduslik uurimistöö vastavas valdkonnas.
+Populariseerivate materjalide ja loengute ettevalmistamine.
+Metoodiline juhendamine uute kogude hankimisel.
+Koostöö erialaste institutsioonidega.
+Säilitustingimuste ja konserveerimise üle järelevalve teostamine.</t>
   </si>
   <si>
     <t>Photographer</t>
   </si>
   <si>
     <t>Fotograaf</t>
   </si>
   <si>
     <t>* Photographing people, animals, objects, landscapes etc.
 * Using analogue and digital cameras, lenses, lighting equipment, filters, conversion lenses, etc.
 * Instructing people during photo shoots.
 * Editing photographs using computer technology.
 * Developing cine films, printing photographs.</t>
   </si>
   <si>
     <t>* Inimeste, loomade, objektide, maastike jms pildistamine. 
 * Analoog- ja digitaalkaamerate, läätsede, valgustusseadmete, filtrite, konversiooniläätsede jne kasutamine. 
 * Inimeste juhendamine fotosessioonide ajal. 
 * Fotode redigeerimine arvutitehnoloogia abil. 
 * Piltide ilmutamine, fotode printimine.</t>
   </si>
   <si>
     <t>Restorer/Conservator</t>
   </si>
   <si>
@@ -2327,51 +2383,51 @@
 * Implementing promotional strategies and marketing campaigns to drive online sales.
 * Analyzing sales data and website traffic to identify trends and improve performance.
 * Collaborating with the marketing team to enhance the online presence of the shop.
 * Maintaining accurate records of sales, returns, and customer interactions.
 * Ensuring compliance with e-commerce regulations and standards for online sales.
 * Utilizing e-commerce platforms and software to streamline operations and improve efficiency.
 * Providing regular reports on performance metrics and suggesting improvements.
 * Assisting with the development and maintenance of the online shop’s user interface for optimal customer engagement.</t>
   </si>
   <si>
     <t>* E-poe igapäevaste toimingute juhtimine, tagades sujuva kliendikogemuse.
 * Toote kirjete haldamine, sealhulgas uute toodete lisamine, kirjelduste värskendamine ning piltide optimeerimine.
 * Vara sügavuse jälgimine ning koostöö tarnijatega vajalike toodete taasvarustamiseks.
 * Kliendi tellimuste töötlemine ning õigeaegne täitmine ning saatmine.
 * Kliendi päringute käsitlemine ning probleemide lahendamine e-posti, vestluse ning telefoni teel professionaalselt.
 * Reklaamikampaaniate ning promotsioonistrateegiate rakendamine veebimüügi suurendamiseks.
 * Müügianalüüs ning veebisaidi liikluse analüüs trendide tuvastamiseks ning toimivuse parandamiseks.
 * Koostöö turundusmeeskonnaga e-poe võimsuse suurendamiseks.
 * Müügi, tagastuste ning kliendisuhte täpsete kirjete hoidmine.
 * Veebipoe müügiga seotud e-kaubandust regulatsioonide ning standardite järgimine.
 * E-kaubandus platvormide ning tarkvara kasutamine operatsioonide efektiviseerimiseks ning efektiivsuse parandamiseks.
 * Regulaarsete aruannete esitamine_builtin tulemuste metrikute kohta ning täiustusettepanekute tegemine.
 * Abi e-poe kasutajaliidese arendamisel ning hooldamisel optimaalse kliendimõjutuseks.</t>
   </si>
   <si>
-    <t>Product Marketing Manager</t>
+    <t>Product Manager</t>
   </si>
   <si>
     <t>Tootejuht</t>
   </si>
   <si>
     <t>* Creating business solutions, processes and business models.
 * Processing technical and price proposals.
 * Designing and implementing measures for development.
 * Promoting the sale of products with respect to technical and procedural aspects and relations with suppliers.
 * Managing the relative technical and commercial documentation.
 * Analysing market conditions, processing the results of market analysis, providing regular reports on the results and their presentation.
 * Cooperating with business and technical section of the company.
 * Representing the company in meetings with business partners and other entities.</t>
   </si>
   <si>
     <t>* Ärilahenduste, protsesside ja ärimudelite loomine. 
 * Tehniliste ja hinnapakkumiste menetlemine. 
 * Meetmete kavandamine ja rakendamine arendamise jaoks. 
 * Toodete müügi edendamine tehnilistes ja protseduurilistes aspektides ning suhetes tarnijatega. 
 * Suhteliselt tehnilise ja ärilise dokumentatsiooni haldamine. 
 * Turutingimuste analüüsimine, turuanalüüsi tulemuste töötlemine, regulaarsete tulemusaruannete koostamine ja esitlemine. 
 * Ettevõtte äri- ja tehnilise poolega koostöö tegemine. 
 * Ettevõtte esindamine kohtumistel äripartnerite ja teiste osapooltega.</t>
   </si>
   <si>
@@ -3466,80 +3522,50 @@
   <si>
     <t>Ehitusplatsi juht</t>
   </si>
   <si>
     <t>* Responsibility for organising, managing, and coordinating construction work and other activities on the construction site.
 * Assessing the construction work progress on a regular basis, monitoring the use of budgeted funds.* Recording all completed construction work in the construction log.
 * Taking decisions on the start and completion of construction work and other activities on the construction site and in the structure.
 * Issuing orders related to construction work, the organisation of work, and the movement of people on the construction site and in the structure. 
 * Taking the delivery of construction products, determining their suitability, and defining their placement and storage on the construction site.
 * Issuing orders to immediately halt construction work and other activities on the construction site and in the structure.
 * Coordinating the sequence of construction work activities.
 * Forbidding others from the construction site and from the structure.</t>
   </si>
   <si>
     <t>* Ehitustööde ja muude tegevuste korraldamise, haldamise ja koordineerimise eest vastutamine ehitusplatsil. 
 * Ehitustööde edenemise regulaarne hindamine, eelarveliste vahendite kasutamise jälgimine.  
 * Kõikide tehtud ehitustööde kajastamine ehituspäevikus. 
 * Ehitustööde ning muude tegevuste alguse ja lõpetamise otsuste tegemine ehitusplatsil ja ehitisel. 
 * Korralduste jagamine seoses ehitustööde, töökorralduse ja inimeste liikumisega ehitusplatsil ja ehitisel. 
 * Ehitustoodete tarnete vastuvõtmine, nende sobivuse hindamine ning nende kasutuse ja ladustamine hindamine ehitusplatsil. 
 * Korralduste andmine ehitustööde ja muude tegevuste viivitamatuks peatamiseks ehitusplatsil ja konstruktsioonis. 
 * Ehitustööde järjestuse koordineerimine. 
 * Võõrastel ehitusplatsil ja ehitisel viibimise keelamine.</t>
   </si>
   <si>
-    <t>Spatial Planner</t>
-[...28 lines deleted...]
-  <si>
     <t>Stonemason</t>
   </si>
   <si>
     <t>Kiviraidur</t>
   </si>
   <si>
     <t>* Selecting suitable stone blocks that are required to implement the contract.
 * Cutting stone blocks to the required dimensions.
 * Engraving and polishing stone plates.
 * Hewing, sandblasting, gilding and silvering letters.
 * Mounting and fixing tombstones in cemeteries.</t>
   </si>
   <si>
     <t>* Sobivate kiviplokkide valimine, mis on vajalikud lepingu täitmiseks. 
 * Kiviplokkide lõikamine vajalikesse mõõtmetesse. 
 * Kiviplaatide graveerimine ja poleerimine. 
 * Kirjade raiumine, liivapritsiga töötlemine, kuldamine ja hõbetamine. 
 * Hauakivide paigaldamine ja kinnitamine kalmistutel.</t>
   </si>
   <si>
     <t>Structural Engineer</t>
   </si>
   <si>
     <t>Ehitusinsener (projekteerija)</t>
   </si>
@@ -3678,58 +3704,58 @@
 * Completing monthly, quarterly, and annual closings.
 * Completing tax declarations.
 * Preparing statements for the Statistical Office of the Slovak Republic.
 * Communicating with auditors, tax authorities, and other institutions.</t>
   </si>
   <si>
     <t>* Ettevõtte liht- ja/või kahekordse raamatupidamisarvestuse pidamine. 
 * Kõigi väljastatud arvete asjakohase ja õigeaegse raamatupidamise tagamine. 
 * Kõigi raamatupidamisdokumentide asjakohane registreerimine. 
 * Kuu, kvartali ja iga-aastase sulgemiste täitmine. 
 * Maksudeklaratsioonide täitmine. 
 * Aruannete ettevalmistamine statistikaasutuste jaoks. 
 * Audiitorite, maksuhaldurite ja muude asutustega suhtlemine.</t>
   </si>
   <si>
     <t>Assistant of Auditor</t>
   </si>
   <si>
     <t>Audiitori assistent</t>
   </si>
   <si>
     <t>* Performing economic activities (with the exception of signing a written report on the results of provided audit services) under the direction of a certified auditor.
 * Checking financial statements of customers.
 * Managing audit documentation.
 * Managing the auditor’s assistant labour book.
-* Providing co-operation to the Slovak Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
-[...6 lines deleted...]
-* Koostöö tegamine audiitorite kojaga auditeerimisteenuse pakkumise kvaliteediauditi korral.</t>
+* Providing co-operation to the Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
+  </si>
+  <si>
+    <t>* Majandustegevuste teostamine (välja arvatud auditeenuste tulemuste kirjaliku aruande allkirjastamine) sertifitseeritud audiitori juhendamisel.
+* Klientide finantsaruannete kontrollimine.
+* Auditeerimisdokumentide haldamine.
+* Audiitori assistendi tööraamatu haldamine.
+* Koostöö osutamine Audiitorite Kojale kvaliteediauditi korral auditeerimisteenuste osutamise osas.</t>
   </si>
   <si>
     <t>Assistant to a Tax Advisor</t>
   </si>
   <si>
     <t>Maksunõustaja assistent</t>
   </si>
   <si>
     <t>* Performing economic activities under the guidance of a certified tax consultant.
 * Preparing tax opinions in the Slovak and/or a foreign language.
 * Calculating the income tax of natural and legal persons.
 * Preparing tax returns for the income tax of natural and legal persons, VAT, property tax, car tax and excise duty.
 * Registering taxpayers at the relevant tax authorities.
 * Communicating with the clients of the company and representatives of the tax administration.</t>
   </si>
   <si>
     <t>* Majandustegevuse tegemine sertifitseeritud maksukonsultandi juhendamisel. 
 * Maksu arvamuste ettevalmistamine emakeeles ja/või võõrkeeles. 
 * Eraisikute ja juriidiliste isikute tulumaksu arvutamine. 
 * Maksudeklaratsioonide koostamine füüsiliste ja juriidiliste isikute tulumaksu, käibemaksu, maamaksu, automaksu ja aktsiisi kohta. 
 * Maksumaksjate registreerimine asjaomaste maksuasutuste juures. 
 * Suhtlemine ettevõtte klientidega ja maksuameti esindajatega.</t>
   </si>
   <si>
     <t>Auditor</t>
@@ -5620,50 +5646,74 @@
   <si>
     <t>ABAP Programmer</t>
   </si>
   <si>
     <t>ABAP-programmeerija</t>
   </si>
   <si>
     <t>* Developing complex computer applications and/or separate modules in the ABAP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Keerukate arvutirakenduste ja/või eraldi moodulite arendamine ABAP -programmeerimiskeeles. 
 * Kliendi vajaduste analüüsimine ning võimalike riskide ja seotud tehniliste probleemide hindamine. 
 * Tehniliste spetsifikatsioonide loomisel osalemine. 
 * Klientidele/testijatele lõpetatud töö üleandmine testimiseks. 
 * Funktsionaalsete ja turvavigade tuvastamine ja parandamine lähtekoodis. 
 * Lõpetatud tarkvararakenduste üleandmine klientidele, projektijuhtidele jne. 
 * Klientidele tehnilise toe pakkumine.</t>
   </si>
   <si>
+    <t>Agile Coach</t>
+  </si>
+  <si>
+    <t>Agile coach</t>
+  </si>
+  <si>
+    <t>Implementing agile principles within teams and the organization.
+Coaching Scrum Masters, Product Owners, and development teams.
+Facilitating retrospectives, workshops, and agile ceremonies.
+Assessing team maturity and proposing improvements.
+Removing obstacles that hinder agile ways of working.
+Educating teams on agile frameworks (Scrum, Kanban, SAFe).
+Supporting a culture of continuous improvement.</t>
+  </si>
+  <si>
+    <t>Agiliste põhimõtete juurutamine meeskondades ja organisatsioonis.
+Scrum Masterite, Product Ownerite ja arendusmeeskondade koučimine.
+Retrospektiivide, töötubade ja agiilsete tseremooniate fasiliteerimine.
+Meeskonna küpsuse hindamine ja parendusettepanekute tegemine.
+Agiilset töötamist takistavate tõkete eemaldamine.
+Meeskondade koolitamine agiilsetes raamistikus (Scrum, Kanban, SAFe).
+Pideva parendamise kultuuri toetamine.</t>
+  </si>
+  <si>
     <t>AI Engineer</t>
   </si>
   <si>
     <t>Tehisintellekti insener</t>
   </si>
   <si>
     <t>* Design, development and implementation of artificial intelligence and machine learning models.
 * Data processing and analysis, including dataset preparation, cleaning and annotation.
 * Development of algorithms for prediction, classification, image/speech recognition or natural language processing (NLP).
 * Integration of AI solutions into existing products, systems or cloud infrastructure.
 * Optimization of models in terms of performance, accuracy and computational resource requirements.
 * Collaboration with data analysts, software developers and business teams in defining requirements and goals.
 * Monitoring AI/ML trends and innovations and applying them in practice.
 * Documentation of procedures, solutions and experiment results.</t>
   </si>
   <si>
     <t>* Tehisintellekti ja masinõppe mudelite kavandamine, arendamine ja rakendamine.
 * Andmete töötlemine ja analüüs, sealhulgas andmekogumite ettevalmistamine, puhastamine ja märgendamine.
 * Algoritmide väljatöötamine prognoosimiseks, klassifitseerimiseks, pildi-/kõnetuvastuseks või loomuliku keele töötlemiseks (NLP).
 * Tehisintellekti lahenduste integreerimine olemasolevatesse toodetesse, süsteemidesse või pilveinfrastruktuuri.
 * Mudelite optimeerimine jõudluse, täpsuse ja arvutusressursside nõuete osas.
 * Koostöö andmeanalüütikute, tarkvaraarendajate ja ärimeeskondadega nõuete ja eesmärkide määratlemisel.
 * AI/ML trendide ja uuenduste jälgimine ning nende rakendamine praktikas.
 * Protseduuride, lahenduste ja eksperimentide tulemuste dokumenteerimine.</t>
   </si>
@@ -6551,50 +6601,74 @@
   <si>
     <t>Objective-C Programmer</t>
   </si>
   <si>
     <t>Objektorienteeritud C-programmeerija</t>
   </si>
   <si>
     <t>* Developing mobile applications for the iOS platform and for devices with the iOS operating system (iPhone, iPad etc.).
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* IOS -i platvormile ja iOS -i opsüsteemiga seadmetele mobiilirakenduste arendamine (iPhone, iPad jne). 
 * Kliendi vajaduste analüüsimine ning võimalike riskide ja seotud tehniliste probleemide hindamine. 
 * Tehniliste spetsifikatsioonide loomisel osalemine. 
 * Klientidele/testijatele õpetatud töö üleandmine testimiseks. 
 * Funktsionaalsete ja turvavigade tuvastamine ja parandamine lähtekoodis. 
 * Lõpetatud tarkvararakenduste üleandmine klientidele, projektijuhtidele jne. 
 * Klientidele tehnilise toe pakkumine.</t>
   </si>
   <si>
+    <t>Online Casino Technician</t>
+  </si>
+  <si>
+    <t>Veebikasiino tehnik</t>
+  </si>
+  <si>
+    <t>Managing and monitoring online gaming systems.
+Resolving incidents related to gaming software.
+Deploying updates and game configurations.
+Testing the functionality of game modules.
+Communicating with developers and game providers.
+Ensuring operational stability and performance.
+Documenting technical interventions.</t>
+  </si>
+  <si>
+    <t>Online‑mängusüsteemide haldamine ja jälgimine.
+Mängutarkvaraga seotud intsidentide lahendamine.
+Uuenduste ja mänguseadistuste juurutamine.
+Mängumoodulite funktsionaalsuse testimine.
+Suhtlus arendajate ja mängupakkujatega.
+Töökindluse ja jõudluse tagamine.
+Tehniliste sekkumiste dokumenteerimine.</t>
+  </si>
+  <si>
     <t>Oracle Programmer</t>
   </si>
   <si>
     <t>Oracle-programmeerija</t>
   </si>
   <si>
     <t>* Developing computer applications and connecting them with the Oracle database system.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Arvutirakenduste arendamine ja nende ühendamine Oracle'i andmebaasi süsteemiga. 
 * Kliendi vajaduste analüüsimine ning võimalike riskide ja seotud tehniliste probleemide hindamine. 
 * Tehniliste spetsifikatsioonide loomisel osalemine. 
 * Klientidele/testijatele õpetatud töö üleandmine testimiseks. 
 * Funktsionaalsete ja turvavigade tuvastamine ja parandamine lähtekoodis. 
 * Lõpetatud tarkvararakenduste üleandmine klientidele, projektijuhtidele jne. 
 * Klientidele tehnilise toe pakkumine.</t>
   </si>
   <si>
     <t>PC Technician</t>
@@ -6735,80 +6809,128 @@
   <si>
     <t>* Developing and maintaining statistical software and tools using R programming language.
 * Analyzing complex datasets to extract meaningful insights and drive data-informed decision-making.
 * Collaborating with cross-functional teams to understand data requirements and deliver actionable solutions.
 * Creating data visualizations and reports to communicate findings effectively to stakeholders.
 * Writing clean, efficient, and well-documented code to ensure maintainability and scalability of projects.
 * Conducting data cleaning and preprocessing to ensure data quality and reliability.
 * Participating in code reviews and contributing to best practices in software development.
 * Staying updated with the latest advancements in R programming and data science methodologies.
 * Troubleshooting and debugging existing R applications to enhance functionality and performance.
 * Providing training and support to team members and stakeholders on R tools and techniques.</t>
   </si>
   <si>
     <t>* Statistilise tarkvara ja tööriistade arendamine ning hooldamine, kasutades programmeerimiskeelt R.
 * keeruliste andmekogude analüüs, et välja tuua olulist informatsiooni ning toetada andmeinformeeritud otsustusprotsesse.
 * Koostöö erinevate funktsioonidega meeskondadega, et mõista andmevajadusi ja pakkuda tegusat lähenemist.
 * Andmevisualisatsioonide ja aruannete loomine, et suhtluses asjakohased leiud efektiivselt sidusrühmadega.
 * Puhta, efektiivse ning hästi dokumenteeritud koodi kirjutamine, tagamaks projektide ülalpidamine ja skaleeritavus.
 * Andmete puhastamine ning eeltöötlus, et tagada andmete kvaliteet ja usaldusväärsus.
 * Koodi ülevaadete osalemise ning panustamine parimatele tarkvaraarenduse praktikatele.
 * Järelevalve ning kursisolemine viimsetest arengutest R programmeerimise ning andmeteaduse metodoloogia vallas.
 * Veaotsimine ning -parandamine olemasolevatel R rakendustel, et funktsionaliteeti ja käitamist parandada.
 * Meeskonnaliikmetele ning sidusrühmadele koolituse ning tugi pakkumine R tööriistade ning -meetodite kohta.</t>
   </si>
   <si>
+    <t>RPA engineer</t>
+  </si>
+  <si>
+    <t>RPA insener</t>
+  </si>
+  <si>
+    <t>Automating processes using RPA tools (UiPath, BluePrism, Automation Anywhere).
+Modeling process flows and analyzing steps suitable for automation.
+Developing, testing, and deploying robotic scripts.
+Ensuring proper operation of RPA robots in production.
+Optimizing existing automations and resolving incidents.
+Documenting solutions and process procedures.
+Collaborating with process analysts, IT, and business departments.</t>
+  </si>
+  <si>
+    <t>Protsesside automatiseerimine RPA tööriistadega (UiPath, BluePrism, Automation Anywhere).
+Protsessivoogude modelleerimine ja automatiseerimiseks sobivate sammude analüüs.
+Robootikaskriptide loomine, testimine ja juurutamine.
+RPA robotite korrektse toimimise tagamine tootmiskeskkonnas.
+Olemasolevate automatiseerimiste optimeerimine ja intsidentide lahendamine.
+Lahenduste ja protseduuride dokumenteerimine.
+Koostöö protsessianalüütikute, IT ja äriosakondadega.</t>
+  </si>
+  <si>
     <t>Ruby Developer/Programmer</t>
   </si>
   <si>
     <t>Ruby Developer / Programmer</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to define, design, and ship new features in Ruby applications.
 * Writing clean, maintainable, and efficient code while following best practices and development standards.
 * Debugging and resolving issues in existing applications to ensure optimal performance and user experience.
 * Participating in code reviews to provide constructive feedback and improve team productivity.
 * Staying updated with emerging technologies and industry trends to enhance development processes.
 * Developing and maintaining documentation for code, processes, and applications.
 * Integrating user-facing elements with server-side logic to create seamless applications.
 * Ensuring the security and scalability of applications through rigorous testing and optimization.
 * Contributing to the continuous improvement of the development process and team collaboration.
 * Mentoring junior developers and sharing knowledge to foster a culture of learning within the team.</t>
   </si>
   <si>
     <t>* Koostöö tegemine funktsioonideülesete tiimidega, et määratleda, kavandada ja väljastada uusi funktsioone Ruby rakendustes.
 * Puhta, hooldatava ja efektiivse koodi kirjutamine, järgides parimaid tavasid ja arendusstandardeid.
 * Probleemide silumine ja lahendamine olemasolevates rakendustes, tagamaks optimaalne jõudlus ja kasutajakogemus.
 * Osalemine koodi läbivaadetes, et anda konstruktiivset tagasisidet ja parandada tiimi tootlikkust.
 * Uute tehnoloogiate ja tööstustrendidega kursisolek, et parandada arendusprotsesse.
 * Koodi, protsesside ja rakenduste dokumentatsiooni loomine ja säilitamine.
 * Kasutajaliideste ja serveripoolse loogika integreerimine, et luua sujuvaid rakendusi.
 * Rakenduste turvalisuse ja skaleeritavuse tagamine läbi ranguse testimise ja optimeerimise.
 * Panus arendusprotsessi ja tiimi koostöö pidevasse täiendamisse.
 * Nooremate arendajate mentorlus ja teadmiste jagamine, et õppimiskultuuri toetada tiimis.</t>
   </si>
   <si>
+    <t>SAP consultant</t>
+  </si>
+  <si>
+    <t>SAP konsultant</t>
+  </si>
+  <si>
+    <t>Analyzing business processes and designing solutions within SAP modules.
+Configuring the SAP system according to client requirements.
+Testing, documenting, and supporting deployment activities.
+Training users and providing expert support.
+Collaborating on data migration and integrations with other systems.
+Resolving incidents and optimizing SAP configurations.
+Supporting the development of SAP architecture and processes.</t>
+  </si>
+  <si>
+    <t>Äriprotsesside analüüsimine ja lahenduste kavandamine SAP moodulites.
+SAP süsteemi konfigureerimine kliendi nõuete järgi.
+Testimine, dokumenteerimine ja tugi juurutamisel.
+Kasutajate koolitamine ja professionaalse toe pakkumine.
+Koostöö andmete migratsiooni ja integratsioonide kallal teiste süsteemidega.
+Intsidendide lahendamine ja SAP seadistuste optimeerimine.
+SAP arhitektuuri ja protsesside arendamise toetamine.</t>
+  </si>
+  <si>
     <t>SAP specialist</t>
   </si>
   <si>
     <t>SAP spetsialist</t>
   </si>
   <si>
     <t>* Provide adequate user support, receive and resolve bug reports and problems.
 * Monitor the system and take measures to ensure trouble-free operation.
 * Manage assigned modules according to agreed internal standards.
 * Communicate with other departments to provide appropriate support for SAP users.
 * Contribute to the development of operational methodologies and development plans.
 * Take over new innovations as well as professional decommissioning of obsolete information systems.</t>
   </si>
   <si>
     <t>* Piisaval tasemel kasutajatoe pakkumine, veateadete ja probleemide vastuvõtmine ja lahendamine. 
 * Süsteemi jälgimine ja meetmete rakendamine tõrgeteta töö tagamiseks. 
 * Määratud moodulite haldamine vastavalt kokkulepitud sisestandarditele. 
 * Teiste osakondadega suhtlemine, et pakkuda SAP-i kasutajatele asjakohast tuge. 
 * Tegevusmetoodikate ja arengukavade väljatöötamisele kaasa aitamine. 
 * Uute uuenduste üle võtmine, aga ka vananenud infosüsteemide professionaalne sulgemine ja neist loobumine elukaare lõpus.</t>
   </si>
   <si>
     <t>Scrum Master</t>
   </si>
   <si>
@@ -6864,50 +6986,108 @@
 * Arvutiviiruse, nuhkvara, rämpsposti ja muude pahatahtlike rakenduste eemaldamine. 
 * Viirusetõrjetarkvara, nuhkvaratõrje ja turvapaikade värskendamine. 
 * Klientidega suhtlemine, ekspertnõuannete ja konsultatsioonide pakkumine.</t>
   </si>
   <si>
     <t>Software Engineer</t>
   </si>
   <si>
     <t>Tarkvarainsener</t>
   </si>
   <si>
     <t>* Using computer and mathematical knowledge in designing, developing, and testing software.
 * Analysing customer requirements and proposing technical solutions.
 * Creating and maintaining technical documentation.
 * Developing software according to customer requirements.
 * Testing software and repairing errors.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Arvuti- ja matemaatiliste teadmiste kasutamine tarkvara kavandamisel, arendamisel ja testimisel. 
 * Kliendi nõuete analüüsimine ja tehniliste lahenduste pakkumine. 
 * Tehnilise dokumentatsiooni loomine ja säilitamine. 
 * Tarkvara arendamine vastavalt kliendi vajadustele. 
 * Tarkvara testimine ja vigade parandamine. 
 * Klientidele tehnilise toe pakkumine.</t>
+  </si>
+  <si>
+    <t>Solution architect</t>
+  </si>
+  <si>
+    <t>Solution arhitekt / lahenduse arhitekt</t>
+  </si>
+  <si>
+    <t>Analyzing business requirements and translating them into technical solution designs.
+Designing system architectures, integrations, data flows, and technical components.
+Preparing architectural documentation, models, and diagrams.
+Selecting technologies and defining technical standards and best practices.
+Collaborating with developers, testers, business analysts, and the infrastructure team during implementation.
+Consulting design proposals with stakeholders and presenting architecture to both technical and non-technical audiences.
+Overseeing solution implementation and performing technical reviews.
+Addressing security, performance, scalability, and availability considerations.
+Designing integration interfaces (APIs) and system interconnection logic.
+Ensuring solution alignment with enterprise architecture and IT strategy.
+Supporting roadmap planning and effort estimation.</t>
+  </si>
+  <si>
+    <t>Ärinõuete analüüsimine ja nende tõlkimine tehniliseks lahenduseks.
+Süsteemi arhitektuuri, integratsioonide, andmevoogude ja tehniliste komponentide kavandamine.
+Arhitektuurse dokumentatsiooni, mudelite ja diagrammide koostamine.
+Tehnoloogiate valimine ning tehniliste standardite ja parimate praktikate määratlemine.
+Koostöö arendajate, testijate, ärianalüütikute ja infrastruktuurimeeskonnaga rakenduse ajal.
+Lahenduste konsulteerimine sidusrühmadega ja arhitektuuri esitlemine nii tehnilisele kui mitte‑tehnilisele publikule.
+Lahenduse rakendamise jälgimine ja tehniliste ülevaatuste tegemine.
+Turvalisuse, jõudluse, skaleeritavuse ja töökindluse küsimuste lahendamine.
+Integratsiooniliideste (API) ja süsteemiühenduste loogika kavandamine.
+Lahenduse kooskõla tagamine ettevõtte arhitektuuri ja IT‑strateegiaga.
+Teekaardi planeerimise ja töömahuhinnangute toetamine.</t>
+  </si>
+  <si>
+    <t>SRE – Site Reliability Engineer</t>
+  </si>
+  <si>
+    <t>SRE – saidi töökindluse insener</t>
+  </si>
+  <si>
+    <t>Monitoring system availability and performance.
+Incident response — resolving outages and restoring services quickly.
+Automating operational tasks and deployments.
+Capacity planning and infrastructure scaling.
+Building and maintaining monitoring, alerting, and metrics.
+Collaborating with developers to improve application reliability.
+Post‑incident analysis and implementation of preventive measures.
+Ensuring system security and compliance with standards.</t>
+  </si>
+  <si>
+    <t>Süsteemide saadavuse ja jõudluse monitoorimine.
+Incident response – rikete lahendamine ja teenuste kiire taastamine.
+Operatiivsete ülesannete ja juurutusprotsesside automatiseerimine.
+Mahutavuse planeerimine ja infrastruktuuri skaleerimine.
+Monitooringu, häirete ja mõõdikute loomine ja hooldus.
+Koostöö arendajatega rakenduste töökindluse parandamiseks.
+Post‑intsident analüüs ja ennetavate meetmete rakendamine.
+Süsteemide turvalisuse ja standardite järgimise tagamine.</t>
   </si>
   <si>
     <t>Systems Administrator</t>
   </si>
   <si>
     <t>IT hooldusspetsialist</t>
   </si>
   <si>
     <t>* Installation and administration of computer servers and workstations.
 * Installing, reinstalling and updating licensed software; keeping records on purchased licences.
 * Performing regular system and software audits.
 * Analysing system logs and identifying possible irregularities.
 * Optimising the system operation and performance.
 * Managing the rights of access to the computer network with an emphasis on safeguarding of sensitive data from unauthorised access.
 * Responsibility for the controlled access to the Internet and securing of incoming and outgoing data.
 * Carrying out regular back-ups of electronic data.
 * Providing methodological support to employees regarding the software and hardware equipment usage.
 * Solving technical problems.</t>
   </si>
   <si>
     <t>* Arvutiserverite ja tööjaamade paigaldamine ja haldamine. 
 * Litsentseeritud tarkvara installimine, reinstallimine ja uuendamine; ostetud litsentside üle arvestuse pidamine. 
 * Regulaarsete süsteemi- ja tarkvaraauditite teostamine. 
 * Süsteemi logide analüüsimine ja võimalike ebakorrapärasuste tuvastamine. 
 * Süsteemi töö ja jõudluse optimeerimine. 
@@ -7983,54 +8163,54 @@
 * Conducting regular maintenance and troubleshooting of audio equipment.
 * Ensuring compliance with safety standards and regulations in audio production.
 * Recording sound effects, voiceovers, and music for various media projects.
 * Monitoring audio levels during recordings and live performances to ensure optimal sound.
 * Creating and maintaining audio archives for future reference and use.
 * Staying updated with the latest audio technology and techniques to enhance production quality.
 * Assisting in the planning and execution of sound design for multimedia projects.
 * Providing technical support and guidance to other team members during productions.
 * Managing audio budgets and resources effectively to optimize production costs.</t>
   </si>
   <si>
     <t>* Helitehnika seadistamine ja käitamine otseülekannetes, salvestustes ja saadetes.
 * Koostöö tegemine produtsentide, režissööride ja teiste meeskonnaliikmetega, et saavutada soovitud helikvaliteet.
 * Heliradade miksimine ja redigeerimine, et tagada selgus ja tasakaal.
 * Helitehnika regulaarne hooldus ja rikete diagnoosimine.
 * Audioproduktsioonis turvastandardite ja regulatsioonide täitmise tagamine.
 * Heliefektide, teksti esituste ja muusika salvestamine erinevate meedia projektide jaoks.
 * Audio tasemete jälgimine salvestuste ja otseesituste ajal, et tagada optimaalne heli.
 * Audioarhiivide loomine ja haldamine tulevaste viidete jaoks.
 * Viimaste helitehnoloogiate ja tehnikate kursisolemise hoidmine, et parandada produktsiooni kvaliteeti.
 * Heli disaini kavandamise ja täitmise abistamine multimeediaprojektidel.
 * Tehnilise toe ja juhendamise võimaldamine teistele meeskonnaliikmetele produktsioonide ajal.
 * Audioeelarvete ja ressursside efektiivne haldamine, et optimeerida produktsioonikulud.</t>
   </si>
   <si>
-    <t>TV Presenter</t>
-[...2 lines deleted...]
-    <t>Telesaatejuht</t>
+    <t>TV Host and Announcer</t>
+  </si>
+  <si>
+    <t>Televisiooni saatejuht ja diktor</t>
   </si>
   <si>
     <t>* Presenting and announcing various segments within electronic media, including radio and television programs.
 * Introducing daily programming, including shows, musical performances, and guest appearances.
 * Reading news articles and other texts in spoken format, ensuring clear and engaging delivery.
 * Conducting interviews with guests and experts to provide insightful commentary and discussion.
 * Engaging with the audience through interactive segments and social media platforms.
 * Collaborating with production teams to develop content and improve program quality.
 * Preparing for broadcasts by researching topics and gathering relevant information.
 * Delivering promotional messages and advertisements in a professional manner.
 * Adapting to live broadcasting situations with poise and professionalism.
 * Upholding the standards of journalistic integrity and accuracy in all communications.</t>
   </si>
   <si>
     <t>* Eri segmendi esitlemine ja tutvustamine elektroonilistes meedias, sealhulgas raadio- ja telesaadetes.
 * Iga päevase programmi tutvustamine, sealhulgas saated, muusikalised esitused ja külalisesinemised.
 * Uudiste lugemine ja muid tekste ettekandmise vormis, tagades selge ja paeluv esituse.
 * Vestlused külastajatega ja ekspertidega, et pakkuda sügavapõhjalist kommenteerimist ja arutelu.
 * Suhtlemine publikuga interaktiivsete lõikude ja sotsiaalmeedia platvormide kaudu.
 * Koostöö tegemine tootmismeeskondadega sisu arendamiseks ja programmi kvaliteedi parandamiseks.
 * Saadete ettevalmistamine teemade uurimise ja asjakohase info kogumisega.
 * Reklaamide ja reklaamteadete edastamine professionaalsel moel.
 * Kohanemine otse-eetrisituatsioonidega rahulikkuse ja professionaalsusega.
 * Ajakirjandusliku aususe ja täpsuse standardite täitmine kõigis suhtlemistes.</t>
   </si>
@@ -8514,50 +8694,74 @@
 * Vastutus reklaamikampaaniate tähenduse ja loomingulise kommunikatsiooni eest.</t>
   </si>
   <si>
     <t>Auto Repair Shop Manager</t>
   </si>
   <si>
     <t>Autotöökoja juhataja</t>
   </si>
   <si>
     <t>* Planning the receipt and organising of the repair processes with respect to the efficient use of personnel, means of production and material.
 * Managing, coordinating and motivating employees.
 * Assigning tasks to employees and monitoring their fulfilment.
 * Recording and evaluating the time worked and workers' performance.
 * Assisting in diagnosing the complex defects and determining the repair procedures.
 * Handling complaints and claims from customers.</t>
   </si>
   <si>
     <t>* Remondiprotsesside vastuvõtu planeerimine ja korraldamine, pidades silmas personali, tootmisvahendite ja materjali efektiivset kasutamist. 
 * Töötajate juhtimine, koordineerimine ja motiveerimine. 
 * Töötajatele ülesannete määramine ja nende täitmise jälgimine. 
 * Töötatud aja ja töötajate tulemuste salvestamine ja hindamine. 
 * Keerukate defektide diagnoosimisel ja remondiprotseduuride kindlaksmääramisel abiks olemine. 
 * Klientide kaebuste ja nõuete käsitlemine.</t>
   </si>
   <si>
+    <t>Betting Sector Manager</t>
+  </si>
+  <si>
+    <t>Hasartmängude toodete juht</t>
+  </si>
+  <si>
+    <t>Managing the portfolio of sports and odds‑based betting products.
+Collaborating with trading, risk management, and marketing teams.
+Optimizing the offer and monitoring market performance.
+Creating promotional campaigns and player engagement activities.
+Ensuring regulatory and compliance adherence.
+Proposing product innovations.
+Monitoring competitors and industry trends.</t>
+  </si>
+  <si>
+    <t>Spordi‑ ja koefitsiendipõhiste panustamistoodete portfelli juhtimine.
+Koostöö tradingu, riskijuhtimise ja turundusega.
+Pakkumise optimeerimine ja turu tulemuste jälgimine.
+Kampaaniate ja mängijaaktivatsioonide loomine.
+Õigusliku vastavuse kontrollimine.
+Tooteuuenduste kavandamine.
+Konkurentide ja trendide monitoorimine.</t>
+  </si>
+  <si>
     <t>Brand Manager</t>
   </si>
   <si>
     <t>Tootemargijuht</t>
   </si>
   <si>
     <t>* Responsibility for the management of assigned brands.
 * Monitoring the market, consumer preferences and competitive activities.
 * Designing and implementing the brand marketing strategy.
 * Planning the marketing budget, controlling its spending and responsibility for its effective use.
 * Building a brand´s position in the market in accordance with the marketing strategy.
 * Managing and supervising advertising campaigns.
 * Communicating with partners and external suppliers.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t>* Vastutus määratud kaubamärkide juhtimise eest. 
 * Turu, tarbijate eelistuste ja konkurentsitegevuse jälgimine. 
 * Brändi turundusstrateegia kavandamine ja elluviimine. 
 * Turunduseelarve planeerimine, selle kulutamise kontrollimine ja vastutus selle tõhusa kasutamise eest. 
 * Brändi turupositsiooni kujundamine vastavalt turundusstrateegiale. 
 * Reklaamikampaaniate haldamine ja juhtimine. 
 * Suhtlemine partnerite ja väliste tarnijatega. 
 * Koostöö ettevõtte teiste osakondadega.</t>
   </si>
@@ -8783,50 +8987,98 @@
   <si>
     <t>Finance Manager</t>
   </si>
   <si>
     <t>Finantsjuht</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating, and assessing subordinate employees.
 * Ensuring strategic financial planning.
 * Preparing and processing of financial statements of the company.
 * Analysing the financial situation of the company.
 * Planning, managing, and monitoring of cash flow.
 * Communicating with financial institutions and external partners of the company.
 * Reporting results to the members of senior management.</t>
   </si>
   <si>
     <t>* Alluvate juhtimine, koordineerimine, motiveerimine ja hindamine. 
 * Strateegilise finantsplaneerimise tagamine. 
 * Ettevõtte finantsaruannete ettevalmistamine ja töötlemine. 
 * Ettevõtte finantsolukorra analüüsimine. 
 * Rahavoogude planeerimine, juhtimine ja jälgimine. 
 * Suhtlemine finantsasutuste ja ettevõtte välispartneritega. 
 * Tulemustest aru andmine tippjuhtkonna liikmetele.</t>
   </si>
   <si>
+    <t>Gaming Club Manager</t>
+  </si>
+  <si>
+    <t>Mängusaali juht</t>
+  </si>
+  <si>
+    <t>Managing gaming venue operations and supervising staff.
+Ensuring compliance with rules and legislation.
+Maintaining customer satisfaction.
+Optimizing performance of gaming devices.
+Handling incidents and risk situations.
+Organizing staff schedules and training.
+Overseeing financial and security aspects of the venue.</t>
+  </si>
+  <si>
+    <t>Mängusaali tegevuse juhtimine ja personali järelevalve.
+Reeglite ja seadusandluse järgimise kontroll.
+Kliendirahulolu tagamine.
+Mänguseadmete jõudluse optimeerimine.
+Intsidentide ja riskisituatsioonide lahendamine.
+Töövahetuste ja koolituste korraldamine.
+Finants- ja turvalisusaspektide järelevalve.</t>
+  </si>
+  <si>
+    <t>Gaming Machines Manager</t>
+  </si>
+  <si>
+    <t>Mänguseadmete juht</t>
+  </si>
+  <si>
+    <t>Managing the operation of gaming machines and technical equipment.
+Planning placement, performance, and rotation of machines.
+Communicating with technicians, suppliers, and venue operators.
+Monitoring revenues and device performance.
+Ensuring compliance with legislation.
+Overseeing maintenance and service interventions.
+Optimizing the game portfolio.</t>
+  </si>
+  <si>
+    <t>Mänguautomaatide ja tehniliste seadmete tegevuse juhtimine.
+Automaatide paigutuse, jõudluse ja rotatsiooni planeerimine.
+Suhtlus tehnikute, tarnijate ja mängukohtadega.
+Tulude ja seadmete tulemuste jälgimine.
+Õigusaktide järgimise tagamine.
+Hooldus- ja teenindustööde kontroll.
+Mänguvaliku optimeerimine.</t>
+  </si>
+  <si>
     <t>Head of Broadcasting</t>
   </si>
   <si>
     <t>Programmijuht</t>
   </si>
   <si>
     <t>* Overseeing the planning, execution, and delivery of broadcast programming across various platforms.
 * Developing and implementing strategic initiatives to enhance audience engagement and viewership.
 * Collaborating with content creators, producers, and technical teams to ensure high-quality broadcasts.
 * Managing budgets, resources, and schedules to optimize operational efficiency.
 * Analyzing audience data and feedback to refine programming and improve viewer satisfaction.
 * Ensuring compliance with broadcasting regulations and industry standards.
 * Leading a team of broadcasting professionals, providing guidance, training, and performance evaluations.
 * Establishing and maintaining relationships with external partners, including advertisers and content distributors.
 * Staying updated on industry trends and emerging technologies to innovate broadcast practices.
 * Representing the broadcasting division in meetings and public events, promoting the organization's mission and vision.</t>
   </si>
   <si>
     <t>* Jälgimine plaanimise, täitmise ja saatmise raadioprogrammide erinevatel platvormidel.
 * Arendamine ja rakendamine strateegilisi algatusi publiku osaluse ja vaadatakse suurendamiseks.
 * Koostöö tegemine sisuloojatega, produtsentidega ja tehniliste töörühmaga, et tagada kõrgekvaliteedilised ülekanded.
 * Eelarvete, ressursside ja graafikute haldamine, et optimeerida operatiivset tõhusust.
 * Publiku andmete ja tagasiside analüüsimine, et täiustada programme ja parandada vaataja rahulolu.
 * Tagamine vastavus raadiolõõmise määrustele ja tööstusstandarditele.
 * Juhtimine raadioprofessionaalide meeskonda, võimaldamine juhendamist, koolitust ja soorituse hindamine.
@@ -9087,50 +9339,74 @@
   <si>
     <t>Marketing Manager</t>
   </si>
   <si>
     <t>Turundusjuht</t>
   </si>
   <si>
     <t>* Development of short-time and long-time marketing strategy.
 *Strengthening the awareness and position of the brand on the market.
 * Analysing the market, monitoring trends and activities of competitors.
 * Proposing marketing budget, deciding on the use of funds and supervising their ongoing use.
 * Preparing and coordinating the course of marketing campaigns and supporting activities.
 * Monitoring the effectiveness of marketing campaigns and supporting activities.
 * Evaluating the successfulness of marketing campaigns and supporting activities.
 * Leadership, motivation and assignment of tasks to subordinate staff.</t>
   </si>
   <si>
     <t>* Lühiajalise ja pikaajalise turundusstrateegia väljatöötamine. 
 * Brändi tuntuse ja positsiooni tugevdamine turul. 
 * Turu analüüsimine, trendide ja konkurentide tegevuse jälgimine. 
 * Turunduseelarve ettepanekute tegemine, vahendite kasutamise otsustamine ja nende jooksva kasutamise järelevalve. 
 * Turunduskampaaniate ja toetavate tegevuste ettevalmistamine ja toimumise koordineerimine. 
 * Turunduskampaaniate ja toetavate tegevuste tulemuslikkuse jälgimine. 
 * Turunduskampaaniate ja toetavate tegevuste edukuse hindamine. 
 * Juhtimine, motiveerimine ja tööülesannete määramine alluvatele.</t>
+  </si>
+  <si>
+    <t>Online Casino Manager</t>
+  </si>
+  <si>
+    <t>Veebikasiino juht</t>
+  </si>
+  <si>
+    <t>Managing online casino operations and product performance.
+Coordinating teams (support, risk, marketing, tech).
+Optimizing player offerings and promotional campaigns.
+Monitoring KPIs, game performance, and player behavior.
+Handling risk situations and compliance requirements.
+Overseeing security, AML, and responsible gaming.
+Proposing improvements to products and user experience.</t>
+  </si>
+  <si>
+    <t>Online kasiino tegevuse ja toodete tulemuste juhtimine.
+Meeskondade koordineerimine (tugi, risk, turundus, tehnika).
+Mängijapakkumiste ja kampaaniate optimeerimine.
+KPI‑de, mängutulemuste ja mängijakäitumise jälgimine.
+Riskisituatsioonide ja compliance‑nõuete lahendamine.
+Turvalisuse, AML‑i ja vastutustundliku mängimise tagamine.
+Tooteparanduste ja kasutajakogemuse täiustuste ettepanekud.</t>
   </si>
   <si>
     <t>Postmaster</t>
   </si>
   <si>
     <t>Postkontori juhtaja</t>
   </si>
   <si>
     <t>* Managing, supervising and organising activities within the post office.
 * Monitoring the stock level of operational material, forms and goods in storage, ordering and allocation of material to employees.
 * Addressing and eliminating the problems, failures and shortcomings.
 * Performing administrative tasks associated with the position of post office manager.</t>
   </si>
   <si>
     <t>* Postkontoris tegevuste haldamine, juhendamine ja korraldamine. 
 * Igapäevatarvete, vormide ja kaupade laoseisu jälgimine laos, materjali tellimine ja töötajatele jaotamine. 
 * Probleemide, ebaõnnestumiste ja puuduste lahendamine ja kõrvaldamine. 
 * Postkontori juhi ametikohaga seotud haldusülesannete täitmine.</t>
   </si>
   <si>
     <t>Process Manager</t>
   </si>
   <si>
     <t>Protsessijuht</t>
   </si>
@@ -9338,50 +9614,74 @@
   <si>
     <t>* Overseeing daily operations of the restaurant to ensure a high standard of service and guest satisfaction.
 * Managing staff recruitment, training, and performance evaluations to build a competent team.
 * Developing and implementing effective marketing strategies to promote the restaurant and increase customer engagement.
 * Monitoring financial performance, including budgeting, forecasting, and cost control to maximize profitability.
 * Ensuring compliance with health and safety regulations, as well as maintaining cleanliness and hygiene standards.
 * Collaborating with kitchen staff to create and update menus that meet customer preferences and seasonal availability.
 * Handling customer inquiries, complaints, and feedback to enhance the dining experience and foster loyalty.
 * Maintaining relationships with suppliers and vendors to ensure timely delivery of quality products.
 * Analyzing market trends and competitor activities to identify opportunities for growth and improvement.
 * Planning and organizing special events and promotions to attract new customers and retain existing ones.</t>
   </si>
   <si>
     <t>* Restorani igapäevaste tegevuste ülevaatus, et tagada teeninduse kõrge standard ja külastajate rahulolu.
 * Töötajate värbamise, koolitamise ja töösoorituse hindamise juhtimine, et luua pädev meeskond.
 * Efektsete turundusstrateegiate väljatöötamine ja rakendamine restorani müümise ja klientide kaasamise suurendamiseks.
 * Finantsnäitajate jälgimine, sealhulgas eelarvestamine, prognoosimine ja kulukontroll kasumlikkuse maksimeerimiseks.
 * Tervise- ja ohutusnõuete täitmise tagamine, samuti puhtuse ja hügieeni standardite hoidmine.
 * Köögipersonaliga koostöö menüüde loomisel ja uuendamisel, mis vastavad klientide eelistustele ja hooajalisele kättesaadavusele.
 * Klientide päringute, kaebuste ja tagasiside käsitlemine õhtusöögi kogemuse täiustamiseks ja lojaalsuse tekitamiseks.
 * Suhtlemine tarnijate ja müüjatega, et tagada kvaliteetsete toodete õigeaegne tarnimine.
 * Turutrendide ja konkurentide tegevuste analüüs, et tuvastada kasvu- ja täiustamisvõimalused.
 * Eriürituste ja tegevuste planeerimine ja korraldamine uute klientide meelitamiseks ja olemasolevatel klientidel hoidmiseks.</t>
   </si>
   <si>
+    <t>Retail Betting Operations Manager</t>
+  </si>
+  <si>
+    <t>Jaekihlveokontorite juht</t>
+  </si>
+  <si>
+    <t>Managing the network of retail betting shops.
+Responsible for performance, revenue, and operational management.
+Organizing staff schedules and employee training.
+Ensuring compliance with legislation and internal policies.
+Handling complaints and customer‑related situations.
+Optimizing processes and operational costs.
+Collaborating with headquarters and marketing.</t>
+  </si>
+  <si>
+    <t>Füüsiliste kihlveopunktide võrgustiku juhtimine.
+Vastutus tulemuste, tulude ja igapäevase töö korraldamise eest.
+Töögraafikute ja töötajate koolituste organiseerimine.
+Seaduse ja siseeeskirjade järgimise kontroll.
+Kliendikaebuste ja olukordade lahendamine.
+Protsesside ja kulude optimeerimine.
+Koostöö peakontori ja turundusega.</t>
+  </si>
+  <si>
     <t>Returns Department Manager</t>
   </si>
   <si>
     <t>Tagastuste osakonna juhataja</t>
   </si>
   <si>
     <t>* Managing and controlling employees at the complaints department.
 * Handling difficult customer complaints to their general satisfaction.
 * Preparation of documents for a possible attempt at conciliation and litigation with customers or suppliers.
 * Analysing the causes of difficult complaints.
 * Proposing appropriate measures to avoid complaints.</t>
   </si>
   <si>
     <t>* Töötajate juhtimine ja kontrollimine kaebuste osakonnas. 
 * Klientide keeruliste kaebuste käsitlemine nende üldise rahulolu saavutamiseks. 
 * Dokumentide koostamine võimalikuks kokkuleppemenetluseks ja kohtuvaidluseks klientide või tarnijatega. 
 * Raskete kaebuste põhjuste analüüsimine. 
 * Kaebuste vältimiseks sobivate meetmete pakkumine.</t>
   </si>
   <si>
     <t>Risk Manager</t>
   </si>
   <si>
     <t>Riskijuht</t>
   </si>
@@ -9894,60 +10194,50 @@
   <si>
     <t>PR Manager</t>
   </si>
   <si>
     <t>Suhtekorraldaja / avalike suhete juht</t>
   </si>
   <si>
     <t>* Responsibility for the internal and external communications of the company, maintaining good relations with media representatives and general public.
 * Drawing up and implementing the communication strategy of the company.
 * Preparing promotional articles, press releases, speeches and official responses to the questions posed by media representatives.
 * Monitoring the materials published in mass media, completing the media analyses.
 * Communicating with the representatives of the media, organising press conferences and similar media events.
 * Building and updating a database of contacts for media representatives.
 * Preparing proposals for sponsorship activities.
 * Coordinating the activities of subordinate employees.</t>
   </si>
   <si>
     <t>* Vastutus ettevõtte sisese ja välise kommunikatsiooni eest, säilitades head suhted meedia esindajate ja laiema üldsusega. 
 * Ettevõtte kommunikatsioonistrateegia koostamine ja rakendamine. 
 * Reklaamiartiklite, pressiteadete, sõnavõttude ja ametlike vastuste ettevalmistamine meedia esindajate esitatud küsimustele. 
 * Massimeedias avaldatud materjalide jälgimine, meediaanalüüside koostamine. 
 * Suhtlemine meedia esindajatega, pressikonverentside ja sarnaste meediaürituste korraldamine. 
 * Meedia esindajate kontaktide andmebaasi loomine ja värskendamine. 
 * Sponsortegevuste ettepanekute ettevalmistamine. 
 * Alluvate tegevuse koordineerimine.</t>
-  </si>
-[...8 lines deleted...]
-* Ettevõtte esindamine kohtumistel äripartnerite ja muude üksustega.</t>
   </si>
   <si>
     <t>SEO analyst</t>
   </si>
   <si>
     <t>SEO-analüütik</t>
   </si>
   <si>
     <t>* Execute search keyword discovery and expansion.
 * Perform SEO page audits.
 * Perform external back link analysis and provide recommendations.
 * Perform internal link optimization.
 * Perform SEO technical analysis and evaluation.
 * Monitor, track, and report on SEO metrics, including trend analysis, and keyword performance
 * Perform site quality checks, including navigation, content currency and broken link analysis
 * Perform usability analysis</t>
   </si>
   <si>
     <t>* Otsingu märksõnade leidmise ja laiendamise elluviimine. 
 * Viia läbi lehe SEO audit. 
 * Viia läbi välise tagasilingi analüüs ja esitada soovitused. 
 * Viia läbi sisemise lingi optimeerimine. 
 * Viia läbi SEO tehniline analüüs ja hindamine. 
 * Jälgida ja raporteerida SEO mõõdikute kohta, sealhulgas trendianalüüse ja märksõna jõudluse kohta. 
 * Viia läbi lehe kvaliteedikontrollid, sealhulgas navigeerimine, sisu asjakohasus ja katkiste linkide analüüs. 
@@ -10336,72 +10626,74 @@
 * Cooling the finished product in water.
 * Fabricating horseshoes, shoeing horses.</t>
   </si>
   <si>
     <t>* Rauast, terasest, vasest ja muudest metallidest igapäevaste kunsti-, käsitöö- ja kaubanduslike toodete valmistamine. 
 * Terase ja raua kuumutamine sepa ahjus soovitud temperatuurini. 
 * Raua ja terase vormimine käsitööriistade ja masinatega. 
 * Valmistoote jahutamine vees. 
 * Hobuseraudade valmistamine, hobuste rautamine.</t>
   </si>
   <si>
     <t>* Making machines, machinery and appliances operational in engineering production.
 * Analysing faults in order to identify the reasons why they originated.
 * Performing repairs of machines, machinery and appliances by replacing faulty components with new ones, or by modifying software.
 * Managing and checking technical documentation and keeping it up to date.
 * Ensuring technical support of processes and products in engineering production.</t>
   </si>
   <si>
     <t xml:space="preserve">* Masinate, seadmete ja varustuse tööle panemine. 
 * Ebaõnnestumiste analüüsimine tekkepõhjuste kindlakstegemiseks. 
 * Masinate, seadmete ja varustuse parandamine, asendades defektsed komponendid uutega või kohandades tarkvara. 
 * Tehnilise dokumentatsiooni haldamine, kontrollimine ja ajakohasena hoidmine. 
 * Tehnilise toe tagamine tootmisprotsessidele ja toodetele. </t>
   </si>
   <si>
-    <t>* Preparing surfaces for varnishing by cleaning, sanding, and priming as necessary.
-[...20 lines deleted...]
-* Uute lakkimistehnikate ja materjalide õppimine oskuste täiendamise ja töö kvaliteedi parandamiseks.</t>
+    <t>Welding technologist</t>
+  </si>
+  <si>
+    <t>Keevitustehnoloog</t>
+  </si>
+  <si>
+    <t>Creating welding procedure specifications (WPS).
+Setting welding parameters for various materials.
+Inspecting weld quality and ensuring compliance with procedures.
+Responsibility for certification of welding processes and welders.
+Implementing new welding technologies and tools.
+Cooperating with production to resolve deviations.
+Analyzing weld defects and proposing corrective actions.
+Reviewing documentation and performing audit activities.</t>
+  </si>
+  <si>
+    <t>Keevitusprotseduuride (WPS) koostamine.
+Keevitusparametrite seadistamine erinevatele materjalidele.
+Keevitusõmbluste kvaliteedi kontroll ja protseduuride järgimise tagamine.
+Vastutus keevitusprotsesside ja keevitajate sertifitseerimise eest.
+Uute keevitustehnoloogiate ja tööriistade juurutamine.
+Koostöö tootmisega kõrvalekallete lahendamisel.
+Keevitusvigade analüüs ja parandusmeetmete väljatöötamine.
+Dokumentatsiooni kontroll ja auditeerimine.</t>
   </si>
   <si>
     <t>Medicine &amp; Social Care</t>
   </si>
   <si>
     <t>Meditsiin ja sotsiaalhoolekanne</t>
   </si>
   <si>
     <t>Ambulance Driver</t>
   </si>
   <si>
     <t>Kiirabiauto juht</t>
   </si>
   <si>
     <t>* Driving ambulances or assisting ambulance drivers in transporting sick, injured, or convalescent persons. 
 * Removing and replacing soiled linens and equipment in order to maintain sanitary conditions. 
 * Placing patients on stretchers, and loading stretchers into ambulances, usually with assistance from other attendants. 
 * Accompanying and assisting emergency medical technicians on calls. 
 * Earning and maintaining appropriate certifications. 
 * Replacing supplies and disposable items on ambulances. 
 * Reporting facts concerning accidents or emergencies to hospital personnel or law enforcement officials. 
 * Administering first aid such as bandaging, splinting, and administering oxygen. 
 * Restraining or shackling violent patients.</t>
   </si>
   <si>
@@ -10740,50 +11032,76 @@
 * Välja kirjutatud vahendite kohandamine. 
 * Kahjustatud välja kirjutatud vahendite parandamine. 
 * Spetsialiseeritud testide läbiviimiseks soovituste andmine.</t>
   </si>
   <si>
     <t>Doctor</t>
   </si>
   <si>
     <t>Arst</t>
   </si>
   <si>
     <t>* Diagnosing acute and chronic illnesses within general medicine with subsequent therapy and recommendations for therapy and diagnostic procedures.
 * Close co-operation with other specialist doctors.
 * Collecting samples for haematology and biochemical tests, swabs for cultivation.
 * Recording the results of exams into a patient's health card, keeping ambulatory care records along with nurses.
 * Assigning points and recording individual health procedures for contracted health insurers.</t>
   </si>
   <si>
     <t>* Üldmeditsiinis ägedate ja krooniliste haiguste diagnoosimine koos järgneva ravi ja täiendavate uuringute vajaduse soovitustega. 
 * Tihe koostöö teiste erialaarstidega. 
 * Hematoloogia ja biokeemiliste testide, proovide ja külvide võtmine. 
 * Läbivaatuste tulemuste registreerimine patsiendi tervisekaardile, õdedega koostöös ambulatoorsete raviandmete hoidmine. 
 * Lepinguliste ravikindlustusandjate jaoks vajaduste määramine ja individuaalsete terviseprotseduuride fikseerimine.</t>
   </si>
   <si>
+    <t>Gynecologist</t>
+  </si>
+  <si>
+    <t>Günekoloog</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of gynecological conditions.
+Pregnancy management and prenatal care.
+Preventive gynecological examinations.
+Performing minor gynecological procedures.
+Consultations regarding contraception and reproductive health.
+Evaluating ultrasound and laboratory test results.
+Postoperative care for patients.
+Maintaining documentation and recommending further examinations.</t>
+  </si>
+  <si>
+    <t>Günekoloogiliste haiguste diagnoosimine ja ravi.
+Raseduse jälgimine ja prenataalne hooldus.
+Ennetavad günekoloogilised läbivaatused.
+Väiksemate günekoloogiliste protseduuride teostamine.
+Nõustamine rasestumisvastaste vahendite ja reproduktiivtervise teemadel.
+Ultraheli ja laborianalüüside tulemuste hindamine.
+Operatsioonijärgne patsientide hooldus.
+Dokumentatsiooni pidamine ja täiendavate uuringute soovitamine.</t>
+  </si>
+  <si>
     <t>Head Nurse</t>
   </si>
   <si>
     <t>Vanemõde</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in planning the staffing budget and recruitment
 * Ensure that nursing care meets regulatory standards
 * Review and approve nursing policies and procedures
 * Evaluate nursing staff performance
 * Collaborate with nursing staff, upper management and external agencies in the coordination of patient care
 * Train nursing management staff and coordinate educational programs for patients and their families
 * Facilitate meetings with medical staff from other departments
 * Ensure that nursing care medical services are meeting patient needs
 * Implement quality assurance systems
 * Participating in development of new patient care programs
 </t>
   </si>
   <si>
     <t xml:space="preserve">* Osalemine personali eelarve kavandamisel ja värbamistel.  
 * Veendumine, et õendusabi vastab reguleerivatele standarditele. 
 * Õenduspoliitika ja protseduuride ülevaatamine ja heakskiitmine. 
 * Õendustöötajate tulemuste hindamine. 
 * Patsiendihoolduse koordineerimisel koostöö tegemine õendustöötajate, kõrgema juhtkonna ja välisasutustega. 
 * Õendusjuhtkonna töötajate koolitamine ja patsientidele ning nende peredele suunatud haridusprogrammide koordineerimine. 
@@ -10817,50 +11135,73 @@
 * Kasutatud ja määrdunud voodipesu vahetus. 
 * Töö raviasutuse infosüsteemiga. 
 * Teostatud soorituste kajastamine dokumentatsioonis, tegevuste aruandlus haigekassa jaoks ning statistika kgoumise eesmärgil.</t>
   </si>
   <si>
     <t>Hygiene Officer</t>
   </si>
   <si>
     <t>Hügieenik</t>
   </si>
   <si>
     <t>* Collecting samples of food, snacks, ready meals, drinks and water samples from springs, pools, dams and their subsequent microbiological analysing.
 * Performing announced and unannounced inspections of new and existing business operations.
 * Issuing approvals/disapprovals for the opening of new operations.
 * Issuing warnings and recommendations regarding the consumption and use of harmful food, cosmetics, contaminated water sources, water expanses etc.
 * Imposing fines on natural and legal persons in accordance with the applicable legislation.
 * Mandating compulsory vaccination in case of the risk of an outbreak.</t>
   </si>
   <si>
     <t>* Toiduainete, suupistete, valmistoitude, jookide ja vee proovide kogumine allikatest, basseinidest, tammidest ja sellele järgneva mikrobioloogilise analüüsimi läbiviimine. 
 * Uute ja olemasolevate äriettevõtete juures etteatatud ning etteteatamata inspektsioonide läbiviimine. 
 * Uute ettevõtete avamise kinnituste/tagasilükkamiste väljastamine. 
 * Hoiatuste ja soovituste väljastamine seoses ohtliku toidu, kosmeetika, saastunud veeallikate, veekogude jms tarbimise ja kasutamisega. 
 * Trahvide kehtestamine füüsilistele ja juriidilistele isikutele vastavalt kehtivatele õigusaktidele. 
 * Kohustuslik vaktsineerimise jaoks loa andmine haiguspuhangu ohu korral..</t>
+  </si>
+  <si>
+    <t>Internist</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of diseases of internal organs.
+Comprehensive management of chronic conditions (diabetes, hypertension, etc.).
+Interpretation of laboratory and imaging tests.
+Adjusting pharmacotherapy and monitoring treatment effects.
+Preventive check‑ups and patient education.
+Consultations for other specialists and general practitioners.
+Inpatient care depending on the workplace setting.
+Maintaining medical documentation and deciding on further examinations.</t>
+  </si>
+  <si>
+    <t>Sisemiste organite haiguste diagnoosimine ja ravi.
+Krooniliste haiguste terviklik käsitlus (diabeet, hüpertensioon jne).
+Labori- ja kuvamisuuringute tõlgendamine.
+Farmakoteraapia määramine ja toime jälgimine.
+Ennetavad kontrollid ja patsientide nõustamine.
+Konsultatsioonid teistele spetsialistidele ja perearstidele.
+Statsionaarne ravi vastavalt töökoha eripärale.
+Dokumentatsiooni haldamine ja edasiste uuringute otsustamine.</t>
   </si>
   <si>
     <t>Masseur</t>
   </si>
   <si>
     <t>Massöör</t>
   </si>
   <si>
     <t>* Performing simple massages focusing on muscles, tendons, ligaments, joints, spine, and neck.
 * Performing sports massage and different types of wraps.
 * Performing reflexology massage and manual lymphatic drainage under the guidance of a certified physical therapist.
 * Providing advice concerning different types of exercises.</t>
   </si>
   <si>
     <t>* Lihtsate massaažide tegemine, mis keskendub lihastele, kõõlustele, sidemetele, liigestele, selgroole ja kaelale. 
 * Spordimassaaži ja erinevat tüüpi mähiste tegemine. 
 * Refleksoloogilise massaaži ja manuaalse lümfidrenaaži läbiviimine diplomeeritud füsioterapeudi juhendamisel. 
 * Nõuannete andmine erinevat tüüpi harjutuste kohta.</t>
   </si>
   <si>
     <t>Medical Advisor</t>
   </si>
   <si>
     <t>Meditsiiniline nõustaja</t>
   </si>
@@ -10965,50 +11306,76 @@
   <si>
     <t>Midwife</t>
   </si>
   <si>
     <t>Ämmaemand</t>
   </si>
   <si>
     <t>* Providing care to women during pregnancy, childbirth and postpartum period.
 * Keeping and supporting the optimum health condition of new and expectant mothers.
 * Leading a physiological birth, cooperating with a doctor in case of complications.
 * Educating new and expectant mothers regarding the care for newborns.
 * Preparing new and expectant mothers for breastfeeding.
 * Visiting women with gynaecological problems.
 * Managing medical records.</t>
   </si>
   <si>
     <t>* Raseduse, sünnituse ja sünnitusjärgse perioodi ajal naistele toe pakkumine. 
 * Värskete emade ja lapseootel naiste tervisliku seisundi hoidmine ja toetamine. 
 * Füsioloogilise sünnituse juhtimine, komplikatsioonide korral arstiga koostöö tegemine. 
 * Värskete emade ja lapseootel naiste harimine vastsündinute eest hoolitsemise osas. 
 * Värskete emade ja lapseootel naiste ettevalmistamine imetamiseks. 
 * Günekoloogiliste probleemidega naiste külastamine. 
 * Meditsiiniliste dokumentide haldamine.</t>
   </si>
   <si>
+    <t>Neurologist</t>
+  </si>
+  <si>
+    <t>Neuroloog</t>
+  </si>
+  <si>
+    <t>Diagnosis of disorders of the nervous system (brain, spinal cord, peripheral nerves).
+Performing neurological examinations.
+Ordering EMG, EEG, MRI, and other diagnostic tests.
+Treatment of acute and chronic neurological conditions.
+Long‑term follow‑up of patients with progressive diseases.
+Collaboration with rehabilitation and neurosurgery.
+Maintaining medical records.
+Educating patients and families on disease management.</t>
+  </si>
+  <si>
+    <t>Närvisüsteemi haiguste diagnoosimine (aju, seljaaju, perifeersed närvid).
+Neuroloogilise uuringu teostamine.
+EMG, EEG, MRT ja muude uuringute määramine.
+Ägedate ja krooniliste neuroloogiliste haiguste ravi.
+Pikaajaline jälgimine progresseeruvate haigustega patsientidel.
+Koostöö rehabilitatsiooni ja neurokirurgiaga.
+Meditsiinidokumentatsiooni pidamine.
+Patsientide ja perede nõustamine haiguse juhtimisel.</t>
+  </si>
+  <si>
     <t>Nurse</t>
   </si>
   <si>
     <t>Õde</t>
   </si>
   <si>
     <t>* Providing assistance during specialised medical procedures and examinations.
 * Measuring and monitoring patient vital signs and functions.
 * Administering injections and prescribed medications to patients.
 * Collecting samples of biological materials.
 * Ordering preventative check-ups and examinations for patients.
 * Administering health records and documentation.
 * Washing, disinfecting, and sterilising medical instruments and aids.
 * Providing first aid in an emergency.</t>
   </si>
   <si>
     <t>* Meditsiiniliste protseduuride ja läbivaatuste ajal toe pakkumine. 
 * Patsiendi vitaalfunktsioonide ja märkide mõõtmine ja jälgimine. 
 * Patsientidele süstide ja välja kirjutatud ravimite manustamine. 
 * Bioloogiliste materjalide proovide kogumine. 
 * Patsientidele kontrollide ja uuringute tellimine. 
 * Terviseandmete ja dokumentide haldamine. 
 * Meditsiiniliste instrumentide ja abivahendite pesemine, desinfitseerimine ja steriliseerimine. 
 * Esmaabi pakkumine hädaolukorras.</t>
   </si>
@@ -11050,50 +11417,76 @@
 * Nõuannete andmine kontaktläätsede, prilliraamide jms valimise kohta.</t>
   </si>
   <si>
     <t>Orthopedic Technician</t>
   </si>
   <si>
     <t>Ortopeediatehnik</t>
   </si>
   <si>
     <t>* Checking prosthetic products and semi-products.
 * Processing leather (rawhide) and lining materials manually and using machinery.
 * Making orthopaedic devices using machinery.
 * Joining orthopaedic materials by hand and machine sewing, riveting (solid bonding with metal components), etc.
 * Adjusting orthopaedic parts made from wood, leather, plastics, and other natural materials.
 * Making soft bandages and combined orthopaedic inserts.
 * Making orthopaedic shoes on the basis of prescriptions.</t>
   </si>
   <si>
     <t>* Proteesitoodete ja pooltoodete kontrollimine. 
 * Naha (toornahk) ja voodrimaterjalide töötlemine käsitsi ja masinate abil. 
 * Ortopeediliste seadmete valmistamine masinate abil. 
 * Ortopeediliste materjalide ühendamine käsitsi ja masinõmblemisega, neetimine (metallkomponentidega tahke sidumine) jne. 
 * Puidust, nahast, plastist ja muudest looduslikest materjalidest valmistatud ortopeediliste osade reguleerimine. 
 * Pehmete sidemete ja kombineeritud ortopeediliste vahetükkide valmistamine. 
 * Ortopeediliste jalanõude valmistamine ettekirjutuse alusel.</t>
+  </si>
+  <si>
+    <t>Pediatrician</t>
+  </si>
+  <si>
+    <t>Pediaater</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of illnesses in children from birth to adolescence.
+Preventive check‑ups and monitoring of child growth and development.
+Vaccination and management of vaccination records.
+Prescribing treatment and monitoring its effectiveness.
+Consulting with parents on children’s health and nutrition.
+Identifying developmental disorders and referring to specialists.
+Maintaining medical documentation.
+Cooperating with hospitals and specialists in comprehensive care.</t>
+  </si>
+  <si>
+    <t>Laste haiguste diagnoosimine ja ravi sünnist kuni noorukieani.
+Ennetavate tervisekontrollide tegemine ning lapse kasvu ja arengu jälgimine.
+Vaktsineerimine ja vaktsineerimisandmete haldamine.
+Ravi määramine ja selle tõhususe jälgimine.
+Nõustamine lapsevanematele laste tervise ja toitumise teemadel.
+Arenguhäirete tuvastamine ja suunamine spetsialistide juurde.
+Tervisedokumentatsiooni pidamine.
+Koostöö haiglate ja spetsialistidega kompleksravi tagamisel.</t>
   </si>
   <si>
     <t>Pharmaceutical Laboratory Technician</t>
   </si>
   <si>
     <t>Farmaatsialabori tehnik</t>
   </si>
   <si>
     <t>* Preparing medications according to standard prescriptions.
 * Weighing substances used in the preparation of medications, without participating in the formulation process according to the physician's instructions.
 * Maintaining laboratory equipment and ensuring cleanliness.
 * Conducting various physical-chemical and biological analyses and measurements using laboratory apparatus.
 * Assisting in the preparation of production and overseeing technological phases in the manufacturing of pharmaceutical and cosmetic products.
 * Collaborating with pharmacists and other healthcare professionals to ensure accurate medication preparation.
 * Adhering to safety and quality standards in all laboratory and production processes.
 * Documenting and reporting any discrepancies or issues encountered during the preparation and analysis processes.
 * Participating in training and continuous education to stay updated on new pharmaceutical practices and technologies.
 * Supporting the research and development of new pharmaceutical formulations and products.</t>
   </si>
   <si>
     <t>* Ravimite valmistamine standardretseptide järgi.
 * Ainete kaalumine ravimite valmistamisel, ilma et osaletaks võimalike ravimi koostise vastavalt arsti juhenditele.
 * Laboriseadmete hooldamine ja puhtuse tagamine.
 * Füüsikalis-keemiliste ja bioloogiliste analüüside ning mõõtmiste tegemine laboriseadmetega.
 * Tootmise ettevalmistamise ja valmistamise tehnoloogiliste etappide jälgimine ning abistamine farmaatsia- ja kosmeetikatoodete tootmisel.
@@ -11134,100 +11527,152 @@
 * Patsientide õpetamine ravimite korrektsest kasutamisest, võimalikest kõrvaltoimetest ja elustiilimuudatustest ravi tulemuste parandamiseks.
 * Retseptide, patsientidega suheldumise ja ravimivarude täpsete kirjete pidamine.
 * Ülemineküsimise uute ravimite, ravivõimaluste ja tööstusregulatsioonide kohta, et pakkuda võimalik parimaid tervishoiuteenuseid.</t>
   </si>
   <si>
     <t>Physiotherapist</t>
   </si>
   <si>
     <t>Füsioterapeut</t>
   </si>
   <si>
     <t>* Assessing the health condition of patients, diagnosing the source of troubles.
 * Prescribing specialised exercises depending on the nature of the troubles.
 * Performing rehabilitation procedures and exercises.
 * Instructing patients regarding proper walking, sitting, standing, and posture.
 * Managing documentation on the health condition of patients.</t>
   </si>
   <si>
     <t>* Patsientide tervisliku seisundi hindamine, probleemide allika diagnoosimine. 
 * Konkreetsete harjutuste määramine sõltuvalt probleemide olemusest. 
 * Taastusraviprotseduuride ja -harjutuste tegemine. 
 * Patsientide juhendamine korraliku kõndimise, istumise, seismise ja rühi osas. 
 * Patsientide tervisliku seisundi dokumentatsiooni haldamine.</t>
   </si>
   <si>
+    <t>Psychiatrist</t>
+  </si>
+  <si>
+    <t>Psühhiaater</t>
+  </si>
+  <si>
+    <t>Diagnosis of mental disorders.
+Prescribing psychopharmaceuticals and monitoring effectiveness.
+Crisis intervention and management of acute conditions.
+Long‑term care of patients with chronic psychiatric diagnoses.
+Collaboration with psychologists and therapists.
+Inpatient care depending on the workplace setting.
+Preparation of expert reports and medical assessments.
+Maintaining documentation and planning treatment.</t>
+  </si>
+  <si>
+    <t>Vaimsete häirete diagnoosimine.
+Psühhofarmakoteraapia määramine ja ravi efektiivsuse jälgimine.
+Kriisiinterventsioon ja ägedate seisundite käsitlus.
+Krooniliste psüühikahäiretega patsientide pikaajaline jälgimine.
+Koostöö psühholoogide ja terapeutidega.
+Statsionaarne ravi vastavalt töökoha spetsiifikale.
+Ekspertiiside ja professionaalsete hinnangute koostamine.
+Dokumentatsiooni pidamine ja ravi planeerimine.</t>
+  </si>
+  <si>
     <t>Public Health Administrator</t>
   </si>
   <si>
     <t>Tervishoiuspetsialist</t>
   </si>
   <si>
     <t>* Performing expert activities in the area of primary prevention, protection, support, and strengthening of public health.
 * Performing state health supervision in the field of environment and working environment, occupational health, the creation and protection of healthy living and working conditions of children and youth, and on workplaces with ionising radiation.
 * Monitoring and statistical analysis of environmental factors and health characteristics.
 * Performing specialised tasks within the public health surveillance.
 * Performing activities in the area of health counselling and education.</t>
   </si>
   <si>
     <t>* Eksperttegevuste läbiviimine rahvatervise esmase ennetamise, kaitse, toetamise ja tugevdamise valdkonnas. 
 * Riikliku tervisejärelevalve teostamine keskkonna, töökeskkonna ja töötervishoiu valdkodades, laste ja noorte tervislike elu- ja töötingimuste loomisel ja kaitsmisel ning järelvalve ioniseeriva kiirgusega töökohtadel. 
 * Keskkonnategurite ja tervisenäitajate seire ja statistiline analüüs. 
 * Eriülesannete täitmine rahvatervise järelevalve raames. 
 * Tegevuste elluviimine tervisenõustamise ja -hariduse valdkonnas.</t>
   </si>
   <si>
     <t>Radiographer</t>
   </si>
   <si>
     <t>Röntgenoloog</t>
   </si>
   <si>
     <t>* Performing diagnostic imaging examinations using X-ray equipment to assist in the diagnosis and treatment of patients.
 * Collaborating with physicians and healthcare professionals to determine appropriate imaging techniques and protocols.
 * Preparing patients for radiographic procedures by explaining the process, addressing concerns, and ensuring comfort.
 * Positioning patients correctly to obtain high-quality images while minimizing exposure to radiation.
 * Maintaining and operating radiographic equipment, ensuring compliance with safety and quality standards.
 * Analyzing images for technical quality and assisting in the interpretation of findings.
 * Keeping accurate patient records and documenting procedures performed and results obtained.
 * Ensuring the cleanliness and organization of the radiography department and equipment.
 * Staying updated with advancements in radiographic technology and techniques through continuous education and training.
 * Adhering to all regulatory and safety guidelines to ensure a safe environment for patients and staff.</t>
   </si>
   <si>
     <t>* Diagnostiliste kujutusuurimuste tegemine röntgeniaparatuuri abil, et aidata diagnostika ja patsientide ravi.
 * Koostöö arstide ja tervishoiu valdkonna spetsialistidega, et määrata sobivaid kujutamistehnikaid ja protokolle.
 * Patsientide ettevalmistamine radiograafilisteks protseduurideks, selgitades protsessi, kõrvaldades probleeme ja tagades mugavuse.
 * Patsientide õige positsioneerimine, et saada kõrgekvaliteedilisi pilte, minimeerides radiatsioonile ekspositsiooni.
 * Radiograafilise aparatuuri hooldamine ja käitamine, tagades vastavuse ohutus- ja kvaliteedistandarditele.
 * Piltide tehnilise kvaliteedi analüüs ja leidude tõlgendamise abistamine.
 * Täpsete patsiendikaartide pidamine ja dokumenteerimine läbi viidud protseduurid ja saavutatud tulemused.
 * Radiograafia osakonna ja aparatuuri puhtuse ja korra tagamine.
 * Jälgimine röntgentechnoloogia ja tehnikate arengut pideva koolituse ja hariduse kaudu.
 * Kõigi õiguslike ja ohutusjuhendite järgimine, et tagada ohutu keskkond patsientidele ja töötajatele.</t>
   </si>
   <si>
+    <t>Radiologist</t>
+  </si>
+  <si>
+    <t>Radioloog</t>
+  </si>
+  <si>
+    <t>Performing and evaluating imaging examinations (X‑ray, ultrasound, CT, MRI).
+Providing findings and diagnostic recommendations.
+Collaborating with clinical physicians during diagnostics.
+Supervising the technical quality of imaging procedures.
+Ensuring radiation protection and compliance with legislation.
+Documenting and archiving imaging material.
+Recommending additional examinations when needed.
+Consulting results with other specialists.</t>
+  </si>
+  <si>
+    <t>Kuvamisuuringute (röntgen, ultraheli, KT, MRT) teostamine ja hindamine.
+Leidude koostamine ja diagnostiliste soovituste andmine.
+Koostöö kliiniliste arstidega diagnoosimisel.
+Uuringute tehnilise kvaliteedi järelevalve.
+Kiirguskaitse tagamine ja nõuete täitmine.
+Pildimaterjali dokumenteerimine ja arhiveerimine.
+Täiendavate uuringute soovitamine vajaduse korral.
+Tulemuste arutamine teiste spetsialistidega.</t>
+  </si>
+  <si>
     <t>Radiology Assistant</t>
   </si>
   <si>
     <t>Radioloogiaassistent</t>
   </si>
   <si>
     <t>* Independent specialised professional work during standard skiagraphic and skiascopic examinations.
 * Assisting with non-standard radiological operations using complex instrumentation.
 * Developing and processing of film material in the darkroom.
 * Performing CT and MR examinations and assisting in CT-guided intervention (biopsy and drainage).
 * Processing CT and MR image documentation and its recording on electronic media.
 * Informing the patient about the nature, preparation, duration, and potential risks of examination as well as the time of receiving the results.</t>
   </si>
   <si>
     <t>* Iseseisev erialane professionaalne töö standardsete skiagraafiliste ja skiaskoopiliste läbivaatuste ajal. 
 * Abistamine mittestandardsete radioloogiliste toimingute korral, kasutades keerulisi seadmeid. 
 * Filmimaterjali loomine ja töötlemine pimeruumis. 
 * CT ja MR-i uuringute tegemine ning CT-juhitud sekkumiste abistamine (biopsia ja drenaaž). 
 * CT ja MR-piltide dokumentatsiooni töötlemine ning salvestamine elektroonilises meediumis. 
 * Patsiendi teavitamine uuringu olemusest, ettevalmistusest, kestusest ja võimalikest riskidest ning tulemuste kättesaamise ajast.</t>
   </si>
   <si>
     <t>Social rehabilitation specialist</t>
   </si>
   <si>
@@ -11261,50 +11706,76 @@
     <t>Speech Therapist</t>
   </si>
   <si>
     <t>* Assessing, diagnosing, and treating speech, language, and communication disorders in individuals of all ages.
 * Developing personalized treatment plans tailored to the specific needs of each client.
 * Conducting therapy sessions to improve speech clarity, language skills, and communication abilities.
 * Collaborating with other healthcare professionals, educators, and families to support clients' overall development.
 * Utilizing evidence-based practices and therapeutic techniques to enhance client outcomes.
 * Monitoring and documenting clients’ progress and adjusting treatment plans as necessary.
 * Providing guidance and support to families regarding communication strategies and resources.
 * Educating clients and their families about speech and language disorders and the therapeutic process.
 * Participating in continuing education and professional development to stay current with best practices in the field.
 * Maintaining confidentiality and adhering to ethical standards in all aspects of practice.</t>
   </si>
   <si>
     <t>* Kõne-, keele- ja kommunikatsioonihäirete hindamine, diagnoosimine ja ravi inimestele kõikides vanuserühmades.
 * Iga kliendi spetsiifilistele vajadustele kohandatud personaalsete raviplaanide väljatöötamine.
 * Terapiaseansside läbiviimine kõne selguse, keeleoskuste ja kommunikatsioonivõimete parandamiseks.
 * Koostöö teiste tervishoiuspetsialistide, õpetajate ja perekondadega klientide üldise arengu toetamiseks.
 * Tõenduspõhiste praktikate ja terapeutiliste tehnikate kasutamine klientide tulemuste parandamiseks.
 * Klientide edenemise jälgimine ja dokumenteerimine ning raviplaanide kohandamine vajadusel.
 * Kommunikatsioonistrateegiate ja ressursside kohta juhendamise ning toetamise uurimine perekondadele.
 * Klientide ja nende perekondade koolitamine kõne- ja keelehäirete ning terapeutilise protsessi kohta.
 * Jätkuvõppe ja kutsealase arengu osalemise kaudu valdkonnas parimate tavade kasutamise ajakohastamine.
 * Konfidentsiaalsuse säilitamine ja kutse-eetiliste standardite järgimine kõigis praktika aspektides.</t>
+  </si>
+  <si>
+    <t>Surgeon</t>
+  </si>
+  <si>
+    <t>Kirurg</t>
+  </si>
+  <si>
+    <t>Diagnosis and indication of surgical procedures.
+Performing surgical operations.
+Pre‑ and postoperative patient care.
+Assessing surgical risks and informing the patient.
+Monitoring wound healing and preventing complications.
+Collaboration with anesthesiology and other specialties.
+Reviewing outcomes and planning follow‑up treatment.
+Maintaining surgical documentation.</t>
+  </si>
+  <si>
+    <t>Kirurgiliste protseduuride diagnoosimine ja näidustamine.
+Operatsioonide teostamine.
+Patsiendi eest hoolitsemine enne ja pärast operatsiooni.
+Operatsiooniriski hindamine ja patsiendi teavitamine.
+Haavade paranemise jälgimine ja tüsistuste ennetamine.
+Koostöö anestesioloogia ja teiste erialadega.
+Tulemuste hindamine ja järelravi planeerimine.
+Kirurgilise dokumentatsiooni haldamine.</t>
   </si>
   <si>
     <t>Veterinarian</t>
   </si>
   <si>
     <t>Veterinaararst</t>
   </si>
   <si>
     <t>* Examining the health of animals, determining diagnoses.
 * Examining and removing tissues and biological materials.
 * Prescribing and administering drugs to animals.
 * Performing minor and major surgeries.
 * Vaccinating animals against diseases, treating them for parasites.
 * Sterilising animals.
 * Euthanising animals.
 * Providing advice to owners and keepers of animals regarding proper nutrition.</t>
   </si>
   <si>
     <t>* Loomade tervisliku läbivaatuse teostamine, diagnooside määramine. 
 * Proovide ja bioloogiliste materjalide vaatlemine ning kogumine. 
 * Loomadele ravimite väljakirjutamine ja manustamine. 
 * Väikeste ja suuremate operatsioonide läbiviimine. 
 * Loomade vaktsineerimine haiguste vastu, parasiitide ravi. 
 * Loomade steriliseerimine. 
 * Loomade eutaniseerimine. 
@@ -12857,50 +13328,74 @@
   <si>
     <t>* Assisting families in planning and organizing funeral services in a compassionate and respectful manner.
 * Providing guidance on funeral arrangements, including casket selection, transportation, and memorial services.
 * Coordinating with various service providers, such as cemeteries, crematories, and florists.
 * Preparing and filing necessary legal documents, such as death certificates and permits.
 * Ensuring the proper care and preparation of the deceased, including embalming and dressing.
 * Managing logistics for the funeral service, including setting up the venue and overseeing the service proceedings.
 * Offering emotional support and counseling to grieving families throughout the planning process.
 * Maintaining a clean and respectful environment in the funeral home and associated facilities.
 * Adhering to health and safety regulations and ethical standards in all aspects of the job.
 * Participating in ongoing professional development and training to stay current with industry practices and regulations.</t>
   </si>
   <si>
     <t>* Abistamine peredel matuseTeenuste planeerimisel ja korraldamisel empaatiliselt ja austavalt.
 * Juhendamine matusekorralduse osas, sealhulgas kirstu valik, transpordi ja mälestusteenused.
 * Kooskõlastamine erinevate teenusepakkujatega, nagu kalmistud, krematooriumid ja lillepoed.
 * Vajalike õigusdokumentide, nagu surmatunnistuste ja lubade, koostamine ja esitamine.
 * Surnu korrektne eesthooldamine ja ettevalmistamine, sealhulgas balsemeerimine ja riietamine.
 * Matusteenuse logistika korraldamine, sealhulgas koha korraldamine ja teenuse käiku juhtimine.
 * Leinavatele peredele emotsionaalse toe ja nõustamise pakkumine matuse-planeerimise ajal.
 * Matusekodus ja sellega seotud asutustes puhta ja austava keskkonna hoidmine.
 * Tervise- ja ohutusstandardite ning eetiliste standardite järgimine töö kõigis aspektides.
 * Pideva kutsekoolituse ja väljaõppe läbiviimine, et järgida kaasaja tööstuspraktikaid ja määrusi.</t>
   </si>
   <si>
+    <t>Gaming / Casino Operator</t>
+  </si>
+  <si>
+    <t>Mängusaali / kasiino operaator</t>
+  </si>
+  <si>
+    <t>Serving guests in a gaming room or casino.
+Supervising the operation of gaming devices.
+Providing information about games and rules.
+Handling basic technical and operational issues.
+Checking player age and eligibility.
+Complying with internal and legal regulations.
+Maintaining cleanliness and order in the venue.</t>
+  </si>
+  <si>
+    <t>Mängusaali või kasiino külaliste teenindamine.
+Mänguseadmete töö jälgimine.
+Teabe jagamine mängude ja reeglite kohta.
+Lihtsate tehniliste ja tegevuslike probleemide lahendamine.
+Mängijate vanuse ja õiguste kontrollimine.
+Sisemiste ja seaduslike nõuete järgimine.
+Puhtuse ja korra tagamine mängukohas.</t>
+  </si>
+  <si>
     <t>Gardener</t>
   </si>
   <si>
     <t>Aednik</t>
   </si>
   <si>
     <t>* Caring for flower beds, lawns, trees and shrubs in gardens, orchards and public parks.
 * Hoeing and fertilising the soil, pulling weeds.
 * Planting and irrigating decorative plants, shrubs, trees and hedges.
 * Seeding, watering and mowing lawns.
 * Protecting vegetation from pests and diseases using chemical agents.
 * Harvesting and storing fruit and vegetables.
 * Repairing garden tools.</t>
   </si>
   <si>
     <t>* Lillepeenarde, muru, puude ja põõsaste hooldamine aedades, viljapuuaedades ja avalikes parkides. 
 * Pinnase kõplamine ja väetamine, umbrohu eemaldamine. 
 * Dekoratiivtaimede, põõsaste, puude ja hekkide istutamine ja kastmine. 
 * Muru külvamine, kastmine ja niitmine. 
 * Taimestiku kaitsmine kahjurite ja haiguste eest keemiliste ainete abil. 
 * Puu- ja köögiviljade koristamine ja ladustamine. 
 * Aiatööriistade parandamine.</t>
   </si>
   <si>
     <t>Goldsmith, Jeweller</t>
@@ -13139,112 +13634,110 @@
 * Torude reguleerimine lõikamise, painutamise, keevitamise ja nikerdamise abil. 
 * Veevarustuse-, kanalisatsiooni-, gaasi- ja küttetorustike jaotussüsteemide ja seadmete paigaldamine, demonteerimine ja hooldamine. 
 * Lekke- ja rõhukatsete tegemine vastavalt kehtivatele standarditele.</t>
   </si>
   <si>
     <t>Refuse Collector</t>
   </si>
   <si>
     <t>Prügivedaja</t>
   </si>
   <si>
     <t>* Driving and operating a special vehicle for collecting municipal waste.
 * Manipulating containers for collecting municipal waste and moving them to the vehicle.
 * Emptying rubbish bins into the vehicle.
 * Returning dustbins to their original place.
 * Emptying the contents of the vehicle at disposal sites.</t>
   </si>
   <si>
     <t>* Spetsiaalse sõiduki juhtimine ja käsitsemine olmejäätmete kogumiseks. 
 * Olmejäätmete kogumiseks ja sõidukisse teisaldamiseks konteinerite käsitsemine. 
 * Prügikastide tühjendamine sõidukisse. 
 * Prügikastide tagasi panemine nende algsesse kohta. 
 * Sõiduki sisu tühjendamine jäätmekäitluskohtades.</t>
   </si>
   <si>
-    <t>* Installing, maintaining, and repairing equipment and machinery in various industrial settings.
-[...24 lines deleted...]
-  <si>
     <t>Stoker, Boiler Attendant</t>
   </si>
   <si>
     <t>Katlakütja</t>
   </si>
   <si>
     <t>* Operating and maintaining boilers, ensuring they function efficiently and safely.
 * Monitoring boiler pressure, temperature, and water levels to maintain optimal performance.
 * Conducting routine inspections and performing necessary maintenance on boiler systems.
 * Responding to alarms and safety alerts, taking appropriate action to resolve issues.
 * Maintaining accurate records of boiler operations, maintenance activities, and safety checks.
 * Collaborating with engineering and maintenance teams to troubleshoot and repair boiler-related issues.
 * Ensuring compliance with safety regulations and industry standards in boiler operations.
 * Managing fuel supply and ensuring proper combustion for efficient energy production.
 * Assisting in the training of new staff on boiler operation and safety procedures.
 * Performing emergency shutdown procedures when necessary and ensuring safe operation at all times.</t>
   </si>
   <si>
     <t>* Katelde käitamine ja hooldamine, tagades nende efektiivse ja ohutu töö.
 * Katla rõhu, temperatuuri ja veetase monitooring, et säilitada optimaalne töö.
 * Regulaarsete ülevaatuste läbiviimine ja katlasüsteemide hoolduse tegemine.
 * Häirete ja ohutusalarmitesse reageerimine, võttes asjaomased meetmed probleemide lahendamiseks.
 * Täpsete kirjete hoidmine katelde tööst, hooldustöödest ja ohutuskontrollidest.
 * Koostöö tegemine inseneri- ja hooldebrigadiga katla seisundiga seotud probleemide lahendamiseks ja parandamiseks.
 * Tagamine, et katelde töö vastaks ohutusnõuetele ja tööstusstandarditele.
 * Kütusevarude haldamine ja günaaside korralik põlemine efektiivseks energiatootmiseks.
 * Abistamine uue personali koolitamisel katla töö ning ohutusprotseduuride küsimustes.
 * Hädaolukordades katla seiskamise protseduuride tegemine ja turvalise töö tagamine igal ajal.</t>
   </si>
   <si>
     <t>Technology, Development</t>
   </si>
   <si>
     <t>Tehnika ja arendamine</t>
   </si>
   <si>
+    <t>Gaming Machines Service Technician</t>
+  </si>
+  <si>
+    <t>Mänguseadmete hooldustehnik</t>
+  </si>
+  <si>
+    <t>Installing, configuring, and servicing gaming machines.
+Diagnosing and repairing technical faults.
+Performing regular maintenance of gaming devices.
+Ensuring technical safety and operational functionality.
+Documenting interventions and reporting defects.
+Cooperating with operations managers.
+Testing new devices and components.</t>
+  </si>
+  <si>
+    <t>Mänguautomaatide paigaldamine, seadistamine ja hooldamine.
+Tehniliste rikete diagnoosimine ja parandamine.
+Regulaarse hoolduse teostamine.
+Tehnilise ohutuse ja töökindluse tagamine.
+Sekkumiste dokumenteerimine ja rikete raporteerimine.
+Koostöö tegevusjuhtidega.
+Uute seadmete ja komponentide testimine.</t>
+  </si>
+  <si>
     <t>Head of Technical Department</t>
   </si>
   <si>
     <t>Tehnilise osakonna juhtaja</t>
   </si>
   <si>
     <t>* Organizing production based on monthly and annual production plans submitted to company management.
 * Developing plans in alignment with the company's business strategy.
 * Ensuring the implementation of plans by overseeing specific production facilities or subordinate technical services, including quality control, development, maintenance, and occupational safety, by delegating tasks to individual team members.
 * Organizing the flow of production documentation and proposing, implementing, and monitoring compliance with organizational regulations.
 * Addressing ongoing technical issues to ensure the facility operates continuously, safely, and efficiently.
 * Leading and managing the technical department to foster innovation and improve operational processes.
 * Collaborating with other departments to align technical activities with overall business objectives.
 * Conducting performance evaluations and providing guidance to team members to enhance their skills and productivity.
 * Monitoring industry trends and advancements to inform strategic decision-making and maintain competitive advantage.
 * Ensuring compliance with safety regulations and quality standards in all technical operations.</t>
   </si>
   <si>
     <t>* Tootmise korraldamine põhinedes ettevõtte juhtkonnale esitatud kuu- ja aastaplanidel.
 * Plaanide väljatöötamine kooskõlas ettevõtte äristrateegiaga.
 * Plaanide elluviimise tagamine, tähistades juhtimist spetsiifiliste tootmisüksuste või alluvate tehniliste osakondade üle, sealhulgas kvaliteedikontroll, arendus, hooldus ja tööohutus, ülesannete delegatsiooni võimalusega vastavate meeskonnaliikmetele.
 * Tootmisdokumentatsiooni voolu korraldamine ning organisatsioonireeglite ettepanemine, rakendamine ja nende täitmise jälgimine.
 * Jooksvalt tekkivate tehniliste probleemide lahendamine tagamaks tootmisüksuse pideva, turvalise ja efektiivse töö.
 * Tehnilise osakonna juhtimine ja haldamine loomingulustamise ja toimingute parandamise eesmärgil.
 * Koostöö teiste osakondadega, tagamaks tehniliste tegevuste kooskõla üldiste ärieesmärkidega.
@@ -13296,74 +13789,50 @@
   <si>
     <t>Telecommunications</t>
   </si>
   <si>
     <t>Telekommunikatsioon / side</t>
   </si>
   <si>
     <t>Data Station Testing Specialist</t>
   </si>
   <si>
     <t>Andmeside testimise spetsialist</t>
   </si>
   <si>
     <t>* Analyzing and complex testing of products with focus on DSL, Active Ethernet, GPON, VoIP and routre technologies.
 * Cooperating on projects.
 * Preparing and coordinating of technical designs for pilot operation of new technologies, product innovations and company solutions.
 * Processing technical specifications for acquiring and innovation of products.</t>
   </si>
   <si>
     <t>* Toodete analüüsimine ja kompleksne testimine, keskendudes DSL-ile, aktiivsele Ethernetile, GPON-ile, VoIP ja Routre tehnoloogiatele. 
 * Projektides koostöö tegemine. 
 * Uute tehnoloogiate, tooteuuenduste ja ettevõtte lahenduste pilootoprojektide tehnilise disaini koostamine ja koordineerimine. 
 * Toodete omandamise ja uuendamise tehniliste spetsifikatsioonide töötlemine.</t>
   </si>
   <si>
-    <t>* Assembling and fitting telecommunications equipment and systems according to specifications and technical drawings.
-[...22 lines deleted...]
-  <si>
     <t>ICT Specialist</t>
   </si>
   <si>
     <t>Info- ja sidetehnika spetsialist</t>
   </si>
   <si>
     <t>* Installing, configuring and launching components (HW and SW) ICT solutions and services, including pilot operation.
 * Removing defects of 2nd level, including supporting executive components (NW and IT) at localization and removing of defects.
 * Executing system configurations ICT solutions and services.
 * Managing safety elements ICT solutions and services.
 * Communicating with technical support of suppliers, customers and getting involved in acceptation tests.
 * Getting involved in developing ICT services and solutions at putting them in operation.</t>
   </si>
   <si>
     <t>* IKT lahenduste komponentide (HW ja SW) ja teenuste, sealhulgas pilootprojektide, installeerimine, konfigureerimine ja käivitamine. 
 * 2. taseme defektide eemaldamine, sealhulgas juhtivkomponentide (NW ja IT) toetamine lokaliseerimisel ja defektide eemaldamisel. 
 * IKT-lahenduste ja teenuste süsteemikonfiguratsioonide elluviimine. 
 * IKT-lahenduste ja teenuste ohutuselementide haldamine. 
 * Tehnilise toe osas suhtlemine tarnijate ja klientidega ning vastuvõtmise testides osalemine. 
 * IKT-lahenduste ja teenuste väljatöötamisel osalemine ning nende tööle rakendamine.</t>
   </si>
   <si>
     <t>Mobile Network Development Specialist</t>
   </si>
   <si>
@@ -13550,74 +14019,50 @@
   <si>
     <t>Switching Network Development Specialist</t>
   </si>
   <si>
     <t>Pakettvõrgu arendamise spetsialist</t>
   </si>
   <si>
     <t>* Planning hardware and software.
 * Implementation and optimization of connection systems, their mutual interconnection, interconnection with other nets and net elements.
 * Preparing, testing and implementation of technical system data, software functions and hardware connection systems.
 * Preparing the testing procedures for verification of functionality of hardware and software for the connection systems.
 * Processing of the statistics data of the connection systems.
 * Cooperating with suppliers in the area of adjusting dimensions of connection systems, their development, including also the development in the area of their software functions.
 * Preparing regular reports concerning productivity and utility of singular connection systems.
 * Cooperating on implementation of the roaming partners.</t>
   </si>
   <si>
     <t>* Riistvara ja tarkvara planeerimine. 
 * Ühendussüsteemide, nende vastastikuse ühendamise, teiste võrkude ja võrgu-elementidega ühendamise rakendamine ja optimeerimine. 
 * Tehniliste süsteemi andmete, tarkvarafunktsioonide ja riistvaraühendussüsteemide ettevalmistamine, testimine ja rakendamine. 
 * Testimisprotseduuride ettevalmistamine ühendussüsteemide jaoks riist- ja tarkvara funktsionaalsuse kontrollimiseks. 
 * Ühendussüsteemide statistikaandmete töötlemine. 
 * Tarnijatega koostöö tegemine ühendussüsteemide mõõtmete, nende arendamise, sealhulgas nende tarkvara funktsioonide arendamise alal. 
 * Regulaarsete aruannete koostamine üksikute ühendussüsteemide tootlikkuse ja kasulikkuse kohta. 
 * Rändluspartnerite rakendamisel koostöö tegemine.</t>
-  </si>
-[...22 lines deleted...]
-* Telekommunikatsioonivaldkonna tehnoloogiliste arengute tutvustamine teenuste arendamise eesmärgil.</t>
   </si>
   <si>
     <t>* Carrying out measurements of the access networks.
 * Setting up and moving telecommunication services.
 * Installing and configuring the terminals.
 * Installing and configuring the communication software.
 * Removing the incurred malfunctions.</t>
   </si>
   <si>
     <t>* Juurdepääsuvõrkude mõõtmiste läbiviimine. 
 * Telekommunikatsiooniteenuste seadistamine ja liigutamine. 
 * Terminalide installeerimine ja konfigureerimine. 
 * Kommunikatsioonitarkvara installeerimine ja konfigureerimine. 
 * Tekkinud tõrgete kõrvaldamine.</t>
   </si>
   <si>
     <t>Telecommunication Specialist</t>
   </si>
   <si>
     <t>Sidespetsialist</t>
   </si>
   <si>
     <t>* Designing, implementing, and maintaining telecommunication systems and networks.
 * Analyzing system performance and identifying areas for improvement.
 * Collaborating with engineering teams to develop innovative communication solutions.
@@ -16736,82 +17181,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F686"/>
+  <dimension ref="A1:F703"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F686"/>
+      <selection activeCell="E6" sqref="E6:F703"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2"/>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3"/>
       <c r="B3" s="1">
-        <v>681</v>
+        <v>698</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>2</v>
       </c>
       <c r="B5" t="s">
         <v>3</v>
       </c>
       <c r="C5" t="s">
         <v>4</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="E5" t="s">
         <v>6</v>
       </c>
       <c r="F5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>8</v>
@@ -17372,13086 +17817,13426 @@
         <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>74</v>
       </c>
       <c r="B34" t="s">
         <v>75</v>
       </c>
       <c r="C34" t="s">
         <v>124</v>
       </c>
       <c r="D34" t="s">
         <v>125</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" t="s">
+        <v>75</v>
+      </c>
+      <c r="C35" t="s">
         <v>128</v>
       </c>
-      <c r="B35" t="s">
+      <c r="D35" t="s">
         <v>129</v>
       </c>
-      <c r="C35" t="s">
+      <c r="E35" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="D35" t="s">
+      <c r="F35" s="2" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B36" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C36" t="s">
         <v>134</v>
       </c>
       <c r="D36" t="s">
         <v>135</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B37" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C37" t="s">
         <v>138</v>
       </c>
       <c r="D37" t="s">
         <v>139</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B38" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C38" t="s">
         <v>142</v>
       </c>
       <c r="D38" t="s">
         <v>143</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B39" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C39" t="s">
         <v>146</v>
       </c>
       <c r="D39" t="s">
         <v>147</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>148</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B40" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C40" t="s">
         <v>150</v>
       </c>
       <c r="D40" t="s">
         <v>151</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B41" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C41" t="s">
         <v>154</v>
       </c>
       <c r="D41" t="s">
         <v>155</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B42" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C42" t="s">
         <v>158</v>
       </c>
       <c r="D42" t="s">
         <v>159</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B43" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C43" t="s">
         <v>162</v>
       </c>
       <c r="D43" t="s">
         <v>163</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B44" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C44" t="s">
         <v>166</v>
       </c>
       <c r="D44" t="s">
         <v>167</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B45" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C45" t="s">
         <v>170</v>
       </c>
       <c r="D45" t="s">
         <v>171</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B46" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C46" t="s">
         <v>174</v>
       </c>
       <c r="D46" t="s">
         <v>175</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>176</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B47" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C47" t="s">
         <v>178</v>
       </c>
       <c r="D47" t="s">
         <v>179</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B48" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C48" t="s">
         <v>182</v>
       </c>
       <c r="D48" t="s">
         <v>183</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B49" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C49" t="s">
         <v>186</v>
       </c>
       <c r="D49" t="s">
         <v>187</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B50" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C50" t="s">
         <v>190</v>
       </c>
       <c r="D50" t="s">
         <v>191</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
+        <v>132</v>
+      </c>
+      <c r="B51" t="s">
+        <v>133</v>
+      </c>
+      <c r="C51" t="s">
         <v>194</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
         <v>195</v>
       </c>
-      <c r="C51" t="s">
+      <c r="E51" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="D51" t="s">
+      <c r="F51" s="2" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>194</v>
+        <v>132</v>
       </c>
       <c r="B52" t="s">
-        <v>195</v>
+        <v>133</v>
       </c>
       <c r="C52" t="s">
+        <v>198</v>
+      </c>
+      <c r="D52" t="s">
+        <v>199</v>
+      </c>
+      <c r="E52" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="D52" t="s">
+      <c r="F52" s="2" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B53" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C53" t="s">
         <v>204</v>
       </c>
       <c r="D53" t="s">
         <v>205</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B54" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C54" t="s">
         <v>208</v>
       </c>
       <c r="D54" t="s">
         <v>209</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B55" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C55" t="s">
         <v>212</v>
       </c>
       <c r="D55" t="s">
         <v>213</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>214</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B56" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C56" t="s">
         <v>216</v>
       </c>
       <c r="D56" t="s">
         <v>217</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>218</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B57" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C57" t="s">
         <v>220</v>
       </c>
       <c r="D57" t="s">
         <v>221</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B58" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C58" t="s">
         <v>224</v>
       </c>
       <c r="D58" t="s">
         <v>225</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B59" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C59" t="s">
         <v>228</v>
       </c>
       <c r="D59" t="s">
         <v>229</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B60" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C60" t="s">
         <v>232</v>
       </c>
       <c r="D60" t="s">
         <v>233</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B61" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C61" t="s">
         <v>236</v>
       </c>
       <c r="D61" t="s">
         <v>237</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>238</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B62" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C62" t="s">
         <v>240</v>
       </c>
       <c r="D62" t="s">
         <v>241</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>242</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B63" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C63" t="s">
         <v>244</v>
       </c>
       <c r="D63" t="s">
         <v>245</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B64" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C64" t="s">
         <v>248</v>
       </c>
       <c r="D64" t="s">
         <v>249</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B65" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C65" t="s">
         <v>252</v>
       </c>
       <c r="D65" t="s">
         <v>253</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B66" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C66" t="s">
         <v>256</v>
       </c>
       <c r="D66" t="s">
         <v>257</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B67" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C67" t="s">
         <v>260</v>
       </c>
       <c r="D67" t="s">
         <v>261</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B68" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C68" t="s">
         <v>264</v>
       </c>
       <c r="D68" t="s">
         <v>265</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
+        <v>202</v>
+      </c>
+      <c r="B69" t="s">
+        <v>203</v>
+      </c>
+      <c r="C69" t="s">
         <v>268</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
         <v>269</v>
       </c>
-      <c r="C69" t="s">
+      <c r="E69" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="D69" t="s">
+      <c r="F69" s="2" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>268</v>
+        <v>202</v>
       </c>
       <c r="B70" t="s">
-        <v>269</v>
+        <v>203</v>
       </c>
       <c r="C70" t="s">
+        <v>272</v>
+      </c>
+      <c r="D70" t="s">
+        <v>273</v>
+      </c>
+      <c r="E70" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="D70" t="s">
+      <c r="F70" s="2" t="s">
         <v>275</v>
-      </c>
-[...4 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B71" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C71" t="s">
         <v>278</v>
       </c>
       <c r="D71" t="s">
         <v>279</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B72" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C72" t="s">
         <v>282</v>
       </c>
       <c r="D72" t="s">
         <v>283</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>284</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B73" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C73" t="s">
         <v>286</v>
       </c>
       <c r="D73" t="s">
         <v>287</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>288</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B74" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C74" t="s">
         <v>290</v>
       </c>
       <c r="D74" t="s">
         <v>291</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>292</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B75" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C75" t="s">
         <v>294</v>
       </c>
       <c r="D75" t="s">
         <v>295</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>296</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B76" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C76" t="s">
         <v>298</v>
       </c>
       <c r="D76" t="s">
         <v>299</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>300</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B77" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C77" t="s">
         <v>302</v>
       </c>
       <c r="D77" t="s">
         <v>303</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B78" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C78" t="s">
         <v>306</v>
       </c>
       <c r="D78" t="s">
         <v>307</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>308</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B79" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C79" t="s">
         <v>310</v>
       </c>
       <c r="D79" t="s">
         <v>311</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>312</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B80" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C80" t="s">
         <v>314</v>
       </c>
       <c r="D80" t="s">
         <v>315</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>316</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B81" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C81" t="s">
         <v>318</v>
       </c>
       <c r="D81" t="s">
         <v>319</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>320</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
+        <v>276</v>
+      </c>
+      <c r="B82" t="s">
+        <v>277</v>
+      </c>
+      <c r="C82" t="s">
         <v>322</v>
       </c>
-      <c r="B82" t="s">
+      <c r="D82" t="s">
         <v>323</v>
       </c>
-      <c r="C82" t="s">
+      <c r="E82" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="D82" t="s">
+      <c r="F82" s="2" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>322</v>
+        <v>276</v>
       </c>
       <c r="B83" t="s">
-        <v>323</v>
+        <v>277</v>
       </c>
       <c r="C83" t="s">
+        <v>326</v>
+      </c>
+      <c r="D83" t="s">
+        <v>327</v>
+      </c>
+      <c r="E83" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="D83" t="s">
+      <c r="F83" s="2" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="B84" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="C84" t="s">
         <v>332</v>
       </c>
       <c r="D84" t="s">
         <v>333</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>334</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="B85" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="C85" t="s">
-        <v>306</v>
+        <v>336</v>
       </c>
       <c r="D85" t="s">
-        <v>307</v>
+        <v>337</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>308</v>
+        <v>338</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>309</v>
+        <v>339</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="B86" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="C86" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="D86" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="B87" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="C87" t="s">
-        <v>342</v>
+        <v>314</v>
       </c>
       <c r="D87" t="s">
-        <v>343</v>
+        <v>315</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>344</v>
+        <v>316</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>345</v>
+        <v>317</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B88" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C88" t="s">
         <v>346</v>
       </c>
       <c r="D88" t="s">
         <v>347</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>348</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B89" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C89" t="s">
         <v>350</v>
       </c>
       <c r="D89" t="s">
         <v>351</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>352</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B90" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C90" t="s">
         <v>354</v>
       </c>
       <c r="D90" t="s">
         <v>355</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B91" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C91" t="s">
         <v>358</v>
       </c>
       <c r="D91" t="s">
         <v>359</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>360</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B92" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C92" t="s">
         <v>362</v>
       </c>
       <c r="D92" t="s">
         <v>363</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>364</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B93" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C93" t="s">
         <v>366</v>
       </c>
       <c r="D93" t="s">
         <v>367</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>368</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B94" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C94" t="s">
         <v>370</v>
       </c>
       <c r="D94" t="s">
         <v>371</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>372</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B95" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C95" t="s">
         <v>374</v>
       </c>
       <c r="D95" t="s">
         <v>375</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>376</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B96" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C96" t="s">
         <v>378</v>
       </c>
       <c r="D96" t="s">
         <v>379</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>380</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B97" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C97" t="s">
         <v>382</v>
       </c>
       <c r="D97" t="s">
         <v>383</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>384</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B98" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C98" t="s">
         <v>386</v>
       </c>
       <c r="D98" t="s">
         <v>387</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>388</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B99" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C99" t="s">
         <v>390</v>
       </c>
       <c r="D99" t="s">
         <v>391</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>392</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B100" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C100" t="s">
         <v>394</v>
       </c>
       <c r="D100" t="s">
         <v>395</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B101" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C101" t="s">
         <v>398</v>
       </c>
       <c r="D101" t="s">
         <v>399</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>400</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B102" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C102" t="s">
         <v>402</v>
       </c>
       <c r="D102" t="s">
         <v>403</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>404</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B103" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C103" t="s">
         <v>406</v>
       </c>
       <c r="D103" t="s">
         <v>407</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>408</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B104" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C104" t="s">
         <v>410</v>
       </c>
       <c r="D104" t="s">
         <v>411</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>412</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B105" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C105" t="s">
         <v>414</v>
       </c>
       <c r="D105" t="s">
         <v>415</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>416</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B106" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C106" t="s">
         <v>418</v>
       </c>
       <c r="D106" t="s">
         <v>419</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>420</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B107" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C107" t="s">
         <v>422</v>
       </c>
       <c r="D107" t="s">
         <v>423</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>424</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B108" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C108" t="s">
         <v>426</v>
       </c>
       <c r="D108" t="s">
         <v>427</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B109" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C109" t="s">
         <v>430</v>
       </c>
       <c r="D109" t="s">
         <v>431</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>432</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B110" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C110" t="s">
         <v>434</v>
       </c>
       <c r="D110" t="s">
         <v>435</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>436</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B111" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C111" t="s">
         <v>438</v>
       </c>
       <c r="D111" t="s">
         <v>439</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>440</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B112" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C112" t="s">
         <v>442</v>
       </c>
       <c r="D112" t="s">
         <v>443</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>444</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B113" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C113" t="s">
         <v>446</v>
       </c>
       <c r="D113" t="s">
         <v>447</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>448</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
+        <v>344</v>
+      </c>
+      <c r="B114" t="s">
+        <v>345</v>
+      </c>
+      <c r="C114" t="s">
         <v>450</v>
       </c>
-      <c r="B114" t="s">
+      <c r="D114" t="s">
         <v>451</v>
       </c>
-      <c r="C114" t="s">
+      <c r="E114" s="2" t="s">
         <v>452</v>
       </c>
-      <c r="D114" t="s">
+      <c r="F114" s="2" t="s">
         <v>453</v>
-      </c>
-[...4 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>450</v>
+        <v>344</v>
       </c>
       <c r="B115" t="s">
-        <v>451</v>
+        <v>345</v>
       </c>
       <c r="C115" t="s">
+        <v>454</v>
+      </c>
+      <c r="D115" t="s">
+        <v>455</v>
+      </c>
+      <c r="E115" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="D115" t="s">
+      <c r="F115" s="2" t="s">
         <v>457</v>
-      </c>
-[...4 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B116" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C116" t="s">
         <v>460</v>
       </c>
       <c r="D116" t="s">
         <v>461</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B117" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C117" t="s">
         <v>464</v>
       </c>
       <c r="D117" t="s">
         <v>465</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B118" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C118" t="s">
         <v>468</v>
       </c>
       <c r="D118" t="s">
         <v>469</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>470</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B119" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C119" t="s">
         <v>472</v>
       </c>
       <c r="D119" t="s">
         <v>473</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B120" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C120" t="s">
         <v>476</v>
       </c>
       <c r="D120" t="s">
         <v>477</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>478</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B121" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C121" t="s">
         <v>480</v>
       </c>
       <c r="D121" t="s">
         <v>481</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>482</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B122" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C122" t="s">
         <v>484</v>
       </c>
       <c r="D122" t="s">
         <v>485</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B123" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C123" t="s">
         <v>488</v>
       </c>
       <c r="D123" t="s">
         <v>489</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>490</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B124" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C124" t="s">
         <v>492</v>
       </c>
       <c r="D124" t="s">
         <v>493</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>494</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B125" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C125" t="s">
         <v>496</v>
       </c>
       <c r="D125" t="s">
         <v>497</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>498</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B126" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C126" t="s">
-        <v>286</v>
+        <v>500</v>
       </c>
       <c r="D126" t="s">
-        <v>287</v>
+        <v>501</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B127" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C127" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D127" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B128" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C128" t="s">
-        <v>506</v>
+        <v>294</v>
       </c>
       <c r="D128" t="s">
-        <v>507</v>
+        <v>295</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>508</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B129" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C129" t="s">
         <v>510</v>
       </c>
       <c r="D129" t="s">
         <v>511</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>512</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B130" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C130" t="s">
         <v>514</v>
       </c>
       <c r="D130" t="s">
         <v>515</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>516</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B131" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C131" t="s">
         <v>518</v>
       </c>
       <c r="D131" t="s">
         <v>519</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>520</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B132" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C132" t="s">
         <v>522</v>
       </c>
       <c r="D132" t="s">
         <v>523</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>524</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B133" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C133" t="s">
         <v>526</v>
       </c>
       <c r="D133" t="s">
         <v>527</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>528</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B134" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C134" t="s">
         <v>530</v>
       </c>
       <c r="D134" t="s">
         <v>531</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>532</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B135" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C135" t="s">
         <v>534</v>
       </c>
       <c r="D135" t="s">
         <v>535</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>536</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B136" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C136" t="s">
         <v>538</v>
       </c>
       <c r="D136" t="s">
         <v>539</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>540</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B137" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C137" t="s">
         <v>542</v>
       </c>
       <c r="D137" t="s">
         <v>543</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>544</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B138" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C138" t="s">
         <v>546</v>
       </c>
       <c r="D138" t="s">
         <v>547</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>548</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B139" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C139" t="s">
         <v>550</v>
       </c>
       <c r="D139" t="s">
         <v>551</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>552</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B140" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C140" t="s">
         <v>554</v>
       </c>
       <c r="D140" t="s">
         <v>555</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>556</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B141" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C141" t="s">
         <v>558</v>
       </c>
       <c r="D141" t="s">
         <v>559</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>560</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B142" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C142" t="s">
         <v>562</v>
       </c>
       <c r="D142" t="s">
         <v>563</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>564</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B143" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C143" t="s">
         <v>566</v>
       </c>
       <c r="D143" t="s">
         <v>567</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>568</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B144" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C144" t="s">
         <v>570</v>
       </c>
       <c r="D144" t="s">
         <v>571</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>572</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B145" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C145" t="s">
         <v>574</v>
       </c>
       <c r="D145" t="s">
         <v>575</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>576</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B146" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C146" t="s">
         <v>578</v>
       </c>
       <c r="D146" t="s">
         <v>579</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>580</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B147" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C147" t="s">
         <v>582</v>
       </c>
       <c r="D147" t="s">
         <v>583</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>584</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B148" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C148" t="s">
         <v>586</v>
       </c>
       <c r="D148" t="s">
         <v>587</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>588</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B149" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C149" t="s">
         <v>590</v>
       </c>
       <c r="D149" t="s">
         <v>591</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>592</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B150" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C150" t="s">
         <v>594</v>
       </c>
       <c r="D150" t="s">
         <v>595</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>596</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B151" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C151" t="s">
         <v>598</v>
       </c>
       <c r="D151" t="s">
         <v>599</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>600</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
+        <v>458</v>
+      </c>
+      <c r="B152" t="s">
+        <v>459</v>
+      </c>
+      <c r="C152" t="s">
         <v>602</v>
       </c>
-      <c r="B152" t="s">
+      <c r="D152" t="s">
         <v>603</v>
       </c>
-      <c r="C152" t="s">
+      <c r="E152" s="2" t="s">
         <v>604</v>
       </c>
-      <c r="D152" t="s">
+      <c r="F152" s="2" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="B153" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="C153" t="s">
         <v>608</v>
       </c>
       <c r="D153" t="s">
         <v>609</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>610</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="B154" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="C154" t="s">
         <v>612</v>
       </c>
       <c r="D154" t="s">
         <v>613</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>614</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
+        <v>606</v>
+      </c>
+      <c r="B155" t="s">
+        <v>607</v>
+      </c>
+      <c r="C155" t="s">
         <v>616</v>
       </c>
-      <c r="B155" t="s">
+      <c r="D155" t="s">
         <v>617</v>
       </c>
-      <c r="C155" t="s">
+      <c r="E155" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="D155" t="s">
+      <c r="F155" s="2" t="s">
         <v>619</v>
-      </c>
-[...4 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B156" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C156" t="s">
         <v>622</v>
       </c>
       <c r="D156" t="s">
         <v>623</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>624</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B157" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C157" t="s">
         <v>626</v>
       </c>
       <c r="D157" t="s">
         <v>627</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>628</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B158" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C158" t="s">
         <v>630</v>
       </c>
       <c r="D158" t="s">
         <v>631</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>632</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B159" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C159" t="s">
         <v>634</v>
       </c>
       <c r="D159" t="s">
         <v>635</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>636</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B160" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C160" t="s">
         <v>638</v>
       </c>
       <c r="D160" t="s">
         <v>639</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>640</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B161" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C161" t="s">
         <v>642</v>
       </c>
       <c r="D161" t="s">
         <v>643</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>644</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B162" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C162" t="s">
         <v>646</v>
       </c>
       <c r="D162" t="s">
         <v>647</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>648</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B163" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C163" t="s">
         <v>650</v>
       </c>
       <c r="D163" t="s">
         <v>651</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>652</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B164" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C164" t="s">
         <v>654</v>
       </c>
       <c r="D164" t="s">
         <v>655</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>656</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B165" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C165" t="s">
         <v>658</v>
       </c>
       <c r="D165" t="s">
         <v>659</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>660</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B166" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C166" t="s">
         <v>662</v>
       </c>
       <c r="D166" t="s">
         <v>663</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>664</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B167" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C167" t="s">
         <v>666</v>
       </c>
       <c r="D167" t="s">
         <v>667</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>668</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B168" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C168" t="s">
         <v>670</v>
       </c>
       <c r="D168" t="s">
         <v>671</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>672</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B169" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C169" t="s">
-        <v>224</v>
+        <v>674</v>
       </c>
       <c r="D169" t="s">
-        <v>225</v>
+        <v>675</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B170" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C170" t="s">
-        <v>676</v>
+        <v>232</v>
       </c>
       <c r="D170" t="s">
-        <v>677</v>
+        <v>233</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>678</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B171" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C171" t="s">
         <v>680</v>
       </c>
       <c r="D171" t="s">
         <v>681</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>682</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B172" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C172" t="s">
         <v>684</v>
       </c>
       <c r="D172" t="s">
         <v>685</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>686</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B173" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C173" t="s">
         <v>688</v>
       </c>
       <c r="D173" t="s">
         <v>689</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>690</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B174" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C174" t="s">
         <v>692</v>
       </c>
       <c r="D174" t="s">
         <v>693</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>694</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B175" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C175" t="s">
         <v>696</v>
       </c>
       <c r="D175" t="s">
         <v>697</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>698</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B176" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C176" t="s">
         <v>700</v>
       </c>
       <c r="D176" t="s">
         <v>701</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>702</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B177" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C177" t="s">
         <v>704</v>
       </c>
       <c r="D177" t="s">
         <v>705</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>706</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B178" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C178" t="s">
         <v>708</v>
       </c>
       <c r="D178" t="s">
         <v>709</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>710</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B179" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C179" t="s">
         <v>712</v>
       </c>
       <c r="D179" t="s">
         <v>713</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>714</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B180" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C180" t="s">
         <v>716</v>
       </c>
       <c r="D180" t="s">
         <v>717</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>718</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B181" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C181" t="s">
         <v>720</v>
       </c>
       <c r="D181" t="s">
         <v>721</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>722</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
+        <v>620</v>
+      </c>
+      <c r="B182" t="s">
+        <v>621</v>
+      </c>
+      <c r="C182" t="s">
         <v>724</v>
       </c>
-      <c r="B182" t="s">
+      <c r="D182" t="s">
         <v>725</v>
       </c>
-      <c r="C182" t="s">
+      <c r="E182" s="2" t="s">
         <v>726</v>
       </c>
-      <c r="D182" t="s">
+      <c r="F182" s="2" t="s">
         <v>727</v>
-      </c>
-[...4 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B183" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C183" t="s">
         <v>730</v>
       </c>
       <c r="D183" t="s">
         <v>731</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>732</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B184" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C184" t="s">
         <v>734</v>
       </c>
       <c r="D184" t="s">
         <v>735</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>736</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B185" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C185" t="s">
         <v>738</v>
       </c>
       <c r="D185" t="s">
         <v>739</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>740</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B186" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C186" t="s">
         <v>742</v>
       </c>
       <c r="D186" t="s">
         <v>743</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>744</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B187" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C187" t="s">
         <v>746</v>
       </c>
       <c r="D187" t="s">
         <v>747</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>748</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B188" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C188" t="s">
         <v>750</v>
       </c>
       <c r="D188" t="s">
         <v>751</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>752</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B189" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C189" t="s">
         <v>754</v>
       </c>
       <c r="D189" t="s">
         <v>755</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>756</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B190" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C190" t="s">
         <v>758</v>
       </c>
       <c r="D190" t="s">
         <v>759</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>760</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B191" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C191" t="s">
         <v>762</v>
       </c>
       <c r="D191" t="s">
         <v>763</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>764</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B192" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C192" t="s">
         <v>766</v>
       </c>
       <c r="D192" t="s">
         <v>767</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>768</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B193" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C193" t="s">
         <v>770</v>
       </c>
       <c r="D193" t="s">
         <v>771</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>772</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B194" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C194" t="s">
         <v>774</v>
       </c>
       <c r="D194" t="s">
         <v>775</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>776</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B195" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C195" t="s">
         <v>778</v>
       </c>
       <c r="D195" t="s">
         <v>779</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>780</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B196" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C196" t="s">
         <v>782</v>
       </c>
       <c r="D196" t="s">
         <v>783</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>784</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B197" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C197" t="s">
         <v>786</v>
       </c>
       <c r="D197" t="s">
         <v>787</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>788</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B198" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C198" t="s">
         <v>790</v>
       </c>
       <c r="D198" t="s">
         <v>791</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>792</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B199" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C199" t="s">
         <v>794</v>
       </c>
       <c r="D199" t="s">
         <v>795</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>796</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B200" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C200" t="s">
         <v>798</v>
       </c>
       <c r="D200" t="s">
         <v>799</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>800</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B201" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C201" t="s">
         <v>802</v>
       </c>
       <c r="D201" t="s">
         <v>803</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>804</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B202" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C202" t="s">
         <v>806</v>
       </c>
       <c r="D202" t="s">
         <v>807</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>808</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B203" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C203" t="s">
         <v>810</v>
       </c>
       <c r="D203" t="s">
         <v>811</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>812</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B204" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C204" t="s">
         <v>814</v>
       </c>
       <c r="D204" t="s">
         <v>815</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>816</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B205" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C205" t="s">
         <v>818</v>
       </c>
       <c r="D205" t="s">
         <v>819</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>820</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B206" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C206" t="s">
         <v>822</v>
       </c>
       <c r="D206" t="s">
         <v>823</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>824</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B207" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C207" t="s">
         <v>826</v>
       </c>
       <c r="D207" t="s">
         <v>827</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>828</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
+        <v>728</v>
+      </c>
+      <c r="B208" t="s">
+        <v>729</v>
+      </c>
+      <c r="C208" t="s">
         <v>830</v>
       </c>
-      <c r="B208" t="s">
+      <c r="D208" t="s">
         <v>831</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>832</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B209" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C209" t="s">
-        <v>502</v>
+        <v>294</v>
       </c>
       <c r="D209" t="s">
-        <v>503</v>
+        <v>295</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B210" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C210" t="s">
-        <v>836</v>
+        <v>510</v>
       </c>
       <c r="D210" t="s">
-        <v>837</v>
+        <v>511</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>838</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B211" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C211" t="s">
         <v>840</v>
       </c>
       <c r="D211" t="s">
         <v>841</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>842</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B212" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C212" t="s">
         <v>844</v>
       </c>
       <c r="D212" t="s">
         <v>845</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>846</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B213" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C213" t="s">
         <v>848</v>
       </c>
       <c r="D213" t="s">
         <v>849</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>850</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B214" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C214" t="s">
         <v>852</v>
       </c>
       <c r="D214" t="s">
         <v>853</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>854</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B215" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C215" t="s">
         <v>856</v>
       </c>
       <c r="D215" t="s">
         <v>857</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>858</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B216" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C216" t="s">
         <v>860</v>
       </c>
       <c r="D216" t="s">
         <v>861</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>862</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B217" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C217" t="s">
-        <v>294</v>
+        <v>864</v>
       </c>
       <c r="D217" t="s">
-        <v>295</v>
+        <v>865</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>296</v>
+        <v>866</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>297</v>
+        <v>867</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B218" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C218" t="s">
-        <v>864</v>
+        <v>302</v>
       </c>
       <c r="D218" t="s">
-        <v>865</v>
+        <v>303</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>866</v>
+        <v>304</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>867</v>
+        <v>305</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B219" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C219" t="s">
         <v>868</v>
       </c>
       <c r="D219" t="s">
         <v>869</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>870</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B220" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C220" t="s">
         <v>872</v>
       </c>
       <c r="D220" t="s">
         <v>873</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>874</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B221" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C221" t="s">
         <v>876</v>
       </c>
       <c r="D221" t="s">
         <v>877</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>878</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B222" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C222" t="s">
         <v>880</v>
       </c>
       <c r="D222" t="s">
         <v>881</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>882</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B223" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C223" t="s">
         <v>884</v>
       </c>
       <c r="D223" t="s">
         <v>885</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>886</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B224" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C224" t="s">
         <v>888</v>
       </c>
       <c r="D224" t="s">
         <v>889</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>890</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B225" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C225" t="s">
         <v>892</v>
       </c>
       <c r="D225" t="s">
         <v>893</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>894</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B226" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C226" t="s">
-        <v>306</v>
+        <v>896</v>
       </c>
       <c r="D226" t="s">
-        <v>307</v>
+        <v>897</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>898</v>
+        <v>834</v>
       </c>
       <c r="B227" t="s">
-        <v>899</v>
+        <v>835</v>
       </c>
       <c r="C227" t="s">
+        <v>314</v>
+      </c>
+      <c r="D227" t="s">
+        <v>315</v>
+      </c>
+      <c r="E227" s="2" t="s">
         <v>900</v>
       </c>
-      <c r="D227" t="s">
+      <c r="F227" s="2" t="s">
         <v>901</v>
-      </c>
-[...4 lines deleted...]
-        <v>903</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B228" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="C228" t="s">
         <v>904</v>
       </c>
       <c r="D228" t="s">
         <v>905</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>906</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B229" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="C229" t="s">
         <v>908</v>
       </c>
       <c r="D229" t="s">
         <v>909</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>910</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B230" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="C230" t="s">
         <v>912</v>
       </c>
       <c r="D230" t="s">
         <v>913</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>914</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B231" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="C231" t="s">
         <v>916</v>
       </c>
       <c r="D231" t="s">
         <v>917</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>918</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B232" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="C232" t="s">
         <v>920</v>
       </c>
       <c r="D232" t="s">
         <v>921</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>922</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>923</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
+        <v>902</v>
+      </c>
+      <c r="B233" t="s">
+        <v>903</v>
+      </c>
+      <c r="C233" t="s">
         <v>924</v>
       </c>
-      <c r="B233" t="s">
+      <c r="D233" t="s">
         <v>925</v>
       </c>
-      <c r="C233" t="s">
+      <c r="E233" s="2" t="s">
         <v>926</v>
       </c>
-      <c r="D233" t="s">
+      <c r="F233" s="2" t="s">
         <v>927</v>
-      </c>
-[...4 lines deleted...]
-        <v>929</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="B234" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="C234" t="s">
         <v>930</v>
       </c>
       <c r="D234" t="s">
         <v>931</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>932</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="B235" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="C235" t="s">
         <v>934</v>
       </c>
       <c r="D235" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="B236" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="C236" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D236" t="s">
         <v>938</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>939</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="B237" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="C237" t="s">
         <v>941</v>
       </c>
       <c r="D237" t="s">
         <v>942</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>943</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="B238" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="C238" t="s">
         <v>945</v>
       </c>
       <c r="D238" t="s">
         <v>946</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>947</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>948</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
+        <v>928</v>
+      </c>
+      <c r="B239" t="s">
+        <v>929</v>
+      </c>
+      <c r="C239" t="s">
         <v>949</v>
       </c>
-      <c r="B239" t="s">
+      <c r="D239" t="s">
         <v>950</v>
       </c>
-      <c r="C239" t="s">
+      <c r="E239" s="2" t="s">
         <v>951</v>
       </c>
-      <c r="D239" t="s">
+      <c r="F239" s="2" t="s">
         <v>952</v>
-      </c>
-[...4 lines deleted...]
-        <v>954</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B240" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C240" t="s">
         <v>955</v>
       </c>
       <c r="D240" t="s">
         <v>956</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>957</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>958</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B241" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C241" t="s">
         <v>959</v>
       </c>
       <c r="D241" t="s">
         <v>960</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>961</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B242" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C242" t="s">
         <v>963</v>
       </c>
       <c r="D242" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B243" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C243" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D243" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B244" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C244" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="D244" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B245" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C245" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D245" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B246" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C246" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="D246" t="s">
         <v>978</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>979</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>980</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B247" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C247" t="s">
         <v>981</v>
       </c>
       <c r="D247" t="s">
         <v>982</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>983</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B248" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C248" t="s">
         <v>985</v>
       </c>
       <c r="D248" t="s">
         <v>986</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>987</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B249" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C249" t="s">
         <v>989</v>
       </c>
       <c r="D249" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B250" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C250" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="D250" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B251" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C251" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="D251" t="s">
         <v>997</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>998</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B252" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C252" t="s">
         <v>1000</v>
       </c>
       <c r="D252" t="s">
         <v>1001</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>1002</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B253" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C253" t="s">
         <v>1004</v>
       </c>
       <c r="D253" t="s">
         <v>1005</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B254" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C254" t="s">
         <v>1008</v>
       </c>
       <c r="D254" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B255" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C255" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D255" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B256" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C256" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="D256" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B257" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C257" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="D257" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B258" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C258" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="D258" t="s">
         <v>1023</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>1024</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>1025</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B259" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C259" t="s">
         <v>1026</v>
       </c>
       <c r="D259" t="s">
         <v>1027</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>1028</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>1029</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B260" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C260" t="s">
         <v>1030</v>
       </c>
       <c r="D260" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B261" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C261" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="D261" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B262" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C262" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="D262" t="s">
         <v>1038</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>1040</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B263" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C263" t="s">
         <v>1041</v>
       </c>
       <c r="D263" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B264" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C264" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="D264" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B265" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C265" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="D265" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B266" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C266" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="D266" t="s">
         <v>1052</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>1054</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B267" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C267" t="s">
         <v>1055</v>
       </c>
       <c r="D267" t="s">
         <v>1056</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B268" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C268" t="s">
         <v>1059</v>
       </c>
       <c r="D268" t="s">
         <v>1060</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B269" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C269" t="s">
         <v>1063</v>
       </c>
       <c r="D269" t="s">
         <v>1064</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>1066</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B270" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C270" t="s">
         <v>1067</v>
       </c>
       <c r="D270" t="s">
         <v>1068</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>1069</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>1070</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B271" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C271" t="s">
         <v>1071</v>
       </c>
       <c r="D271" t="s">
         <v>1072</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>1074</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B272" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C272" t="s">
         <v>1075</v>
       </c>
       <c r="D272" t="s">
         <v>1076</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>1078</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B273" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C273" t="s">
         <v>1079</v>
       </c>
       <c r="D273" t="s">
         <v>1080</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>1081</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>1082</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B274" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C274" t="s">
         <v>1083</v>
       </c>
       <c r="D274" t="s">
         <v>1084</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>1085</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>1086</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B275" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C275" t="s">
         <v>1087</v>
       </c>
       <c r="D275" t="s">
         <v>1088</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>1089</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>1090</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B276" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C276" t="s">
         <v>1091</v>
       </c>
       <c r="D276" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B277" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C277" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="D277" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B278" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C278" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="D278" t="s">
         <v>1099</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>1101</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B279" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C279" t="s">
         <v>1102</v>
       </c>
       <c r="D279" t="s">
         <v>1103</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>1104</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>1105</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B280" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C280" t="s">
         <v>1106</v>
       </c>
       <c r="D280" t="s">
         <v>1107</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>1108</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B281" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C281" t="s">
         <v>1110</v>
       </c>
       <c r="D281" t="s">
         <v>1111</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>1113</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B282" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C282" t="s">
         <v>1114</v>
       </c>
       <c r="D282" t="s">
         <v>1115</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>1116</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B283" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C283" t="s">
         <v>1118</v>
       </c>
       <c r="D283" t="s">
         <v>1119</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B284" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C284" t="s">
         <v>1122</v>
       </c>
       <c r="D284" t="s">
         <v>1123</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>1124</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B285" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C285" t="s">
         <v>1126</v>
       </c>
       <c r="D285" t="s">
         <v>1127</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>1128</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>1129</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B286" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C286" t="s">
         <v>1130</v>
       </c>
       <c r="D286" t="s">
         <v>1131</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>1132</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B287" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C287" t="s">
         <v>1134</v>
       </c>
       <c r="D287" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B288" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C288" t="s">
-        <v>884</v>
+        <v>1138</v>
       </c>
       <c r="D288" t="s">
-        <v>885</v>
+        <v>1139</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B289" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C289" t="s">
-        <v>888</v>
+        <v>1142</v>
       </c>
       <c r="D289" t="s">
-        <v>889</v>
+        <v>1143</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B290" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C290" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="D290" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B291" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C291" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="D291" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B292" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C292" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="D292" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B293" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C293" t="s">
-        <v>1153</v>
+        <v>888</v>
       </c>
       <c r="D293" t="s">
-        <v>1154</v>
+        <v>889</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B294" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C294" t="s">
-        <v>1157</v>
+        <v>892</v>
       </c>
       <c r="D294" t="s">
-        <v>1158</v>
+        <v>893</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>1160</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B295" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C295" t="s">
         <v>1161</v>
       </c>
       <c r="D295" t="s">
         <v>1162</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>1163</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B296" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C296" t="s">
         <v>1165</v>
       </c>
       <c r="D296" t="s">
         <v>1166</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>1167</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B297" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C297" t="s">
         <v>1169</v>
       </c>
       <c r="D297" t="s">
         <v>1170</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>1171</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
+        <v>953</v>
+      </c>
+      <c r="B298" t="s">
+        <v>954</v>
+      </c>
+      <c r="C298" t="s">
         <v>1173</v>
       </c>
-      <c r="B298" t="s">
+      <c r="D298" t="s">
         <v>1174</v>
       </c>
-      <c r="C298" t="s">
+      <c r="E298" s="2" t="s">
         <v>1175</v>
       </c>
-      <c r="D298" t="s">
+      <c r="F298" s="2" t="s">
         <v>1176</v>
-      </c>
-[...4 lines deleted...]
-        <v>1178</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1173</v>
+        <v>953</v>
       </c>
       <c r="B299" t="s">
-        <v>1174</v>
+        <v>954</v>
       </c>
       <c r="C299" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E299" s="2" t="s">
         <v>1179</v>
       </c>
-      <c r="D299" t="s">
+      <c r="F299" s="2" t="s">
         <v>1180</v>
-      </c>
-[...4 lines deleted...]
-        <v>1182</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1173</v>
+        <v>953</v>
       </c>
       <c r="B300" t="s">
-        <v>1174</v>
+        <v>954</v>
       </c>
       <c r="C300" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1182</v>
+      </c>
+      <c r="E300" s="2" t="s">
         <v>1183</v>
       </c>
-      <c r="D300" t="s">
+      <c r="F300" s="2" t="s">
         <v>1184</v>
-      </c>
-[...4 lines deleted...]
-        <v>1186</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1173</v>
+        <v>953</v>
       </c>
       <c r="B301" t="s">
-        <v>1174</v>
+        <v>954</v>
       </c>
       <c r="C301" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E301" s="2" t="s">
         <v>1187</v>
       </c>
-      <c r="D301" t="s">
+      <c r="F301" s="2" t="s">
         <v>1188</v>
-      </c>
-[...4 lines deleted...]
-        <v>1190</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1173</v>
+        <v>953</v>
       </c>
       <c r="B302" t="s">
-        <v>1174</v>
+        <v>954</v>
       </c>
       <c r="C302" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D302" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E302" s="2" t="s">
         <v>1191</v>
       </c>
-      <c r="D302" t="s">
+      <c r="F302" s="2" t="s">
         <v>1192</v>
-      </c>
-[...4 lines deleted...]
-        <v>1194</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1173</v>
+        <v>953</v>
       </c>
       <c r="B303" t="s">
-        <v>1174</v>
+        <v>954</v>
       </c>
       <c r="C303" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D303" t="s">
+        <v>1194</v>
+      </c>
+      <c r="E303" s="2" t="s">
         <v>1195</v>
       </c>
-      <c r="D303" t="s">
+      <c r="F303" s="2" t="s">
         <v>1196</v>
-      </c>
-[...4 lines deleted...]
-        <v>1198</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>1173</v>
+        <v>953</v>
       </c>
       <c r="B304" t="s">
-        <v>1174</v>
+        <v>954</v>
       </c>
       <c r="C304" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1198</v>
+      </c>
+      <c r="E304" s="2" t="s">
         <v>1199</v>
       </c>
-      <c r="D304" t="s">
+      <c r="F304" s="2" t="s">
         <v>1200</v>
-      </c>
-[...4 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>1173</v>
+        <v>1201</v>
       </c>
       <c r="B305" t="s">
-        <v>1174</v>
+        <v>1202</v>
       </c>
       <c r="C305" t="s">
         <v>1203</v>
       </c>
       <c r="D305" t="s">
         <v>1204</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>1205</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>1173</v>
+        <v>1201</v>
       </c>
       <c r="B306" t="s">
-        <v>1174</v>
+        <v>1202</v>
       </c>
       <c r="C306" t="s">
         <v>1207</v>
       </c>
       <c r="D306" t="s">
         <v>1208</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>1209</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>1173</v>
+        <v>1201</v>
       </c>
       <c r="B307" t="s">
-        <v>1174</v>
+        <v>1202</v>
       </c>
       <c r="C307" t="s">
         <v>1211</v>
       </c>
       <c r="D307" t="s">
         <v>1212</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>1213</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>1214</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>1173</v>
+        <v>1201</v>
       </c>
       <c r="B308" t="s">
-        <v>1174</v>
+        <v>1202</v>
       </c>
       <c r="C308" t="s">
         <v>1215</v>
       </c>
       <c r="D308" t="s">
         <v>1216</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>1217</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>1218</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>1173</v>
+        <v>1201</v>
       </c>
       <c r="B309" t="s">
-        <v>1174</v>
+        <v>1202</v>
       </c>
       <c r="C309" t="s">
         <v>1219</v>
       </c>
       <c r="D309" t="s">
         <v>1220</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>1221</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1173</v>
+        <v>1201</v>
       </c>
       <c r="B310" t="s">
-        <v>1174</v>
+        <v>1202</v>
       </c>
       <c r="C310" t="s">
         <v>1223</v>
       </c>
       <c r="D310" t="s">
         <v>1224</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>1225</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1173</v>
+        <v>1201</v>
       </c>
       <c r="B311" t="s">
-        <v>1174</v>
+        <v>1202</v>
       </c>
       <c r="C311" t="s">
         <v>1227</v>
       </c>
       <c r="D311" t="s">
         <v>1228</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>1229</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>1173</v>
+        <v>1201</v>
       </c>
       <c r="B312" t="s">
-        <v>1174</v>
+        <v>1202</v>
       </c>
       <c r="C312" t="s">
         <v>1231</v>
       </c>
       <c r="D312" t="s">
         <v>1232</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>1233</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>1234</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C313" t="s">
         <v>1235</v>
       </c>
-      <c r="B313" t="s">
+      <c r="D313" t="s">
         <v>1236</v>
       </c>
-      <c r="C313" t="s">
+      <c r="E313" s="2" t="s">
         <v>1237</v>
       </c>
-      <c r="D313" t="s">
+      <c r="F313" s="2" t="s">
         <v>1238</v>
-      </c>
-[...4 lines deleted...]
-        <v>1240</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1235</v>
+        <v>1201</v>
       </c>
       <c r="B314" t="s">
-        <v>1236</v>
+        <v>1202</v>
       </c>
       <c r="C314" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D314" t="s">
+        <v>1240</v>
+      </c>
+      <c r="E314" s="2" t="s">
         <v>1241</v>
       </c>
-      <c r="D314" t="s">
+      <c r="F314" s="2" t="s">
         <v>1242</v>
-      </c>
-[...4 lines deleted...]
-        <v>1244</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1235</v>
+        <v>1201</v>
       </c>
       <c r="B315" t="s">
-        <v>1236</v>
+        <v>1202</v>
       </c>
       <c r="C315" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E315" s="2" t="s">
         <v>1245</v>
       </c>
-      <c r="D315" t="s">
+      <c r="F315" s="2" t="s">
         <v>1246</v>
-      </c>
-[...4 lines deleted...]
-        <v>1248</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1235</v>
+        <v>1201</v>
       </c>
       <c r="B316" t="s">
-        <v>1236</v>
+        <v>1202</v>
       </c>
       <c r="C316" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D316" t="s">
+        <v>1248</v>
+      </c>
+      <c r="E316" s="2" t="s">
         <v>1249</v>
       </c>
-      <c r="D316" t="s">
+      <c r="F316" s="2" t="s">
         <v>1250</v>
-      </c>
-[...4 lines deleted...]
-        <v>1252</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1235</v>
+        <v>1201</v>
       </c>
       <c r="B317" t="s">
-        <v>1236</v>
+        <v>1202</v>
       </c>
       <c r="C317" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D317" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E317" s="2" t="s">
         <v>1253</v>
       </c>
-      <c r="D317" t="s">
-[...2 lines deleted...]
-      <c r="E317" s="2" t="s">
+      <c r="F317" s="2" t="s">
         <v>1254</v>
-      </c>
-[...1 lines deleted...]
-        <v>1255</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1235</v>
+        <v>1201</v>
       </c>
       <c r="B318" t="s">
-        <v>1236</v>
+        <v>1202</v>
       </c>
       <c r="C318" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D318" t="s">
         <v>1256</v>
       </c>
-      <c r="D318" t="s">
+      <c r="E318" s="2" t="s">
         <v>1257</v>
       </c>
-      <c r="E318" s="2" t="s">
+      <c r="F318" s="2" t="s">
         <v>1258</v>
-      </c>
-[...1 lines deleted...]
-        <v>1259</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1235</v>
+        <v>1201</v>
       </c>
       <c r="B319" t="s">
-        <v>1236</v>
+        <v>1202</v>
       </c>
       <c r="C319" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D319" t="s">
         <v>1260</v>
       </c>
-      <c r="D319" t="s">
+      <c r="E319" s="2" t="s">
         <v>1261</v>
       </c>
-      <c r="E319" s="2" t="s">
+      <c r="F319" s="2" t="s">
         <v>1262</v>
-      </c>
-[...1 lines deleted...]
-        <v>1263</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B320" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C320" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="D320" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B321" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C321" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="D321" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B322" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C322" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="D322" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B323" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C323" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="D323" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B324" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C324" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="D324" t="s">
         <v>1281</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>1283</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B325" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C325" t="s">
         <v>1284</v>
       </c>
       <c r="D325" t="s">
         <v>1285</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>1286</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B326" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C326" t="s">
         <v>1288</v>
       </c>
       <c r="D326" t="s">
         <v>1289</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>1290</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>1291</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B327" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C327" t="s">
         <v>1292</v>
       </c>
       <c r="D327" t="s">
         <v>1293</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>1294</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B328" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C328" t="s">
         <v>1296</v>
       </c>
       <c r="D328" t="s">
         <v>1297</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>1298</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B329" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C329" t="s">
         <v>1300</v>
       </c>
       <c r="D329" t="s">
         <v>1301</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>1302</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>1303</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B330" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C330" t="s">
         <v>1304</v>
       </c>
       <c r="D330" t="s">
         <v>1305</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B331" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C331" t="s">
         <v>1308</v>
       </c>
       <c r="D331" t="s">
         <v>1309</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>1310</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B332" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C332" t="s">
         <v>1312</v>
       </c>
       <c r="D332" t="s">
         <v>1313</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>1314</v>
       </c>
       <c r="F332" s="2" t="s">
         <v>1315</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B333" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C333" t="s">
         <v>1316</v>
       </c>
       <c r="D333" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B334" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C334" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="D334" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B335" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C335" t="s">
-        <v>178</v>
+        <v>1324</v>
       </c>
       <c r="D335" t="s">
-        <v>179</v>
+        <v>1325</v>
       </c>
       <c r="E335" s="2" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B336" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C336" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="D336" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
       <c r="B337" t="s">
-        <v>1236</v>
+        <v>1264</v>
       </c>
       <c r="C337" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="D337" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="E337" s="2" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1333</v>
+        <v>1263</v>
       </c>
       <c r="B338" t="s">
-        <v>1334</v>
+        <v>1264</v>
       </c>
       <c r="C338" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="D338" t="s">
-        <v>1285</v>
+        <v>1337</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1333</v>
+        <v>1263</v>
       </c>
       <c r="B339" t="s">
-        <v>1334</v>
+        <v>1264</v>
       </c>
       <c r="C339" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="D339" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="E339" s="2" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1333</v>
+        <v>1263</v>
       </c>
       <c r="B340" t="s">
-        <v>1334</v>
+        <v>1264</v>
       </c>
       <c r="C340" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="D340" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="E340" s="2" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>1333</v>
+        <v>1263</v>
       </c>
       <c r="B341" t="s">
-        <v>1334</v>
+        <v>1264</v>
       </c>
       <c r="C341" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="D341" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1333</v>
+        <v>1263</v>
       </c>
       <c r="B342" t="s">
-        <v>1334</v>
+        <v>1264</v>
       </c>
       <c r="C342" t="s">
-        <v>1350</v>
+        <v>186</v>
       </c>
       <c r="D342" t="s">
+        <v>187</v>
+      </c>
+      <c r="E342" s="2" t="s">
         <v>1351</v>
       </c>
-      <c r="E342" s="2" t="s">
+      <c r="F342" s="2" t="s">
         <v>1352</v>
-      </c>
-[...1 lines deleted...]
-        <v>1353</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1333</v>
+        <v>1263</v>
       </c>
       <c r="B343" t="s">
-        <v>1334</v>
+        <v>1264</v>
       </c>
       <c r="C343" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D343" t="s">
         <v>1354</v>
       </c>
-      <c r="D343" t="s">
+      <c r="E343" s="2" t="s">
         <v>1355</v>
       </c>
-      <c r="E343" s="2" t="s">
+      <c r="F343" s="2" t="s">
         <v>1356</v>
-      </c>
-[...1 lines deleted...]
-        <v>1357</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1333</v>
+        <v>1263</v>
       </c>
       <c r="B344" t="s">
-        <v>1334</v>
+        <v>1264</v>
       </c>
       <c r="C344" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D344" t="s">
         <v>1358</v>
       </c>
-      <c r="D344" t="s">
+      <c r="E344" s="2" t="s">
         <v>1359</v>
       </c>
-      <c r="E344" s="2" t="s">
+      <c r="F344" s="2" t="s">
         <v>1360</v>
-      </c>
-[...1 lines deleted...]
-        <v>1361</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1333</v>
+        <v>1361</v>
       </c>
       <c r="B345" t="s">
-        <v>1334</v>
+        <v>1362</v>
       </c>
       <c r="C345" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="D345" t="s">
-        <v>1363</v>
+        <v>1313</v>
       </c>
       <c r="E345" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1333</v>
+        <v>1361</v>
       </c>
       <c r="B346" t="s">
-        <v>1334</v>
+        <v>1362</v>
       </c>
       <c r="C346" t="s">
         <v>1366</v>
       </c>
       <c r="D346" t="s">
         <v>1367</v>
       </c>
       <c r="E346" s="2" t="s">
         <v>1368</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>1369</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1333</v>
+        <v>1361</v>
       </c>
       <c r="B347" t="s">
-        <v>1334</v>
+        <v>1362</v>
       </c>
       <c r="C347" t="s">
         <v>1370</v>
       </c>
       <c r="D347" t="s">
         <v>1371</v>
       </c>
       <c r="E347" s="2" t="s">
         <v>1372</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>1373</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1333</v>
+        <v>1361</v>
       </c>
       <c r="B348" t="s">
-        <v>1334</v>
+        <v>1362</v>
       </c>
       <c r="C348" t="s">
         <v>1374</v>
       </c>
       <c r="D348" t="s">
         <v>1375</v>
       </c>
       <c r="E348" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="F348" s="2" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1333</v>
+        <v>1361</v>
       </c>
       <c r="B349" t="s">
-        <v>1334</v>
+        <v>1362</v>
       </c>
       <c r="C349" t="s">
         <v>1378</v>
       </c>
       <c r="D349" t="s">
         <v>1379</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>1380</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>1381</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C350" t="s">
         <v>1382</v>
       </c>
-      <c r="B350" t="s">
+      <c r="D350" t="s">
         <v>1383</v>
       </c>
-      <c r="C350" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E350" s="2" t="s">
-        <v>206</v>
+        <v>1384</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1382</v>
+        <v>1361</v>
       </c>
       <c r="B351" t="s">
-        <v>1383</v>
+        <v>1362</v>
       </c>
       <c r="C351" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="D351" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1382</v>
+        <v>1361</v>
       </c>
       <c r="B352" t="s">
-        <v>1383</v>
+        <v>1362</v>
       </c>
       <c r="C352" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="D352" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1393</v>
+        <v>1361</v>
       </c>
       <c r="B353" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C353" t="s">
         <v>1394</v>
       </c>
-      <c r="C353" t="s">
+      <c r="D353" t="s">
         <v>1395</v>
       </c>
-      <c r="D353" t="s">
+      <c r="E353" s="2" t="s">
         <v>1396</v>
       </c>
-      <c r="E353" s="2" t="s">
+      <c r="F353" s="2" t="s">
         <v>1397</v>
-      </c>
-[...1 lines deleted...]
-        <v>1398</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1393</v>
+        <v>1361</v>
       </c>
       <c r="B354" t="s">
-        <v>1394</v>
+        <v>1362</v>
       </c>
       <c r="C354" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D354" t="s">
         <v>1399</v>
       </c>
-      <c r="D354" t="s">
+      <c r="E354" s="2" t="s">
         <v>1400</v>
       </c>
-      <c r="E354" s="2" t="s">
+      <c r="F354" s="2" t="s">
         <v>1401</v>
-      </c>
-[...1 lines deleted...]
-        <v>1402</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1393</v>
+        <v>1361</v>
       </c>
       <c r="B355" t="s">
-        <v>1394</v>
+        <v>1362</v>
       </c>
       <c r="C355" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D355" t="s">
         <v>1403</v>
       </c>
-      <c r="D355" t="s">
+      <c r="E355" s="2" t="s">
         <v>1404</v>
       </c>
-      <c r="E355" s="2" t="s">
+      <c r="F355" s="2" t="s">
         <v>1405</v>
-      </c>
-[...1 lines deleted...]
-        <v>1406</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1393</v>
+        <v>1361</v>
       </c>
       <c r="B356" t="s">
-        <v>1394</v>
+        <v>1362</v>
       </c>
       <c r="C356" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D356" t="s">
         <v>1407</v>
       </c>
-      <c r="D356" t="s">
+      <c r="E356" s="2" t="s">
         <v>1408</v>
       </c>
-      <c r="E356" s="2" t="s">
+      <c r="F356" s="2" t="s">
         <v>1409</v>
-      </c>
-[...1 lines deleted...]
-        <v>1410</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1393</v>
+        <v>1410</v>
       </c>
       <c r="B357" t="s">
-        <v>1394</v>
+        <v>1411</v>
       </c>
       <c r="C357" t="s">
-        <v>1411</v>
+        <v>212</v>
       </c>
       <c r="D357" t="s">
-        <v>1411</v>
+        <v>213</v>
       </c>
       <c r="E357" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="F357" s="2" t="s">
         <v>1412</v>
-      </c>
-[...1 lines deleted...]
-        <v>1413</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1393</v>
+        <v>1410</v>
       </c>
       <c r="B358" t="s">
-        <v>1394</v>
+        <v>1411</v>
       </c>
       <c r="C358" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D358" t="s">
         <v>1414</v>
       </c>
-      <c r="D358" t="s">
+      <c r="E358" s="2" t="s">
         <v>1415</v>
       </c>
-      <c r="E358" s="2" t="s">
+      <c r="F358" s="2" t="s">
         <v>1416</v>
-      </c>
-[...1 lines deleted...]
-        <v>1417</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1393</v>
+        <v>1410</v>
       </c>
       <c r="B359" t="s">
-        <v>1394</v>
+        <v>1411</v>
       </c>
       <c r="C359" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D359" t="s">
         <v>1418</v>
       </c>
-      <c r="D359" t="s">
+      <c r="E359" s="2" t="s">
         <v>1419</v>
       </c>
-      <c r="E359" s="2" t="s">
+      <c r="F359" s="2" t="s">
         <v>1420</v>
-      </c>
-[...1 lines deleted...]
-        <v>1421</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B360" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C360" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="D360" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B361" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C361" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="D361" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B362" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C362" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="D362" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B363" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C363" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="D363" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B364" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C364" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="D364" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B365" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C365" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="D365" t="s">
         <v>1443</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>1444</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B366" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C366" t="s">
         <v>1446</v>
       </c>
       <c r="D366" t="s">
         <v>1447</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>1448</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B367" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C367" t="s">
         <v>1450</v>
       </c>
       <c r="D367" t="s">
         <v>1451</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>1452</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B368" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C368" t="s">
         <v>1454</v>
       </c>
       <c r="D368" t="s">
         <v>1455</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>1456</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B369" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C369" t="s">
         <v>1458</v>
       </c>
       <c r="D369" t="s">
         <v>1459</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>1460</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B370" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C370" t="s">
         <v>1462</v>
       </c>
       <c r="D370" t="s">
         <v>1463</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>1464</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>1465</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B371" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C371" t="s">
         <v>1466</v>
       </c>
       <c r="D371" t="s">
         <v>1467</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>1468</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>1469</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B372" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C372" t="s">
         <v>1470</v>
       </c>
       <c r="D372" t="s">
         <v>1471</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>1472</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>1473</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B373" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C373" t="s">
         <v>1474</v>
       </c>
       <c r="D373" t="s">
         <v>1475</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>1476</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B374" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C374" t="s">
         <v>1478</v>
       </c>
       <c r="D374" t="s">
         <v>1479</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>1480</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>1481</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B375" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C375" t="s">
         <v>1482</v>
       </c>
       <c r="D375" t="s">
         <v>1483</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>1484</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>1485</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B376" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C376" t="s">
         <v>1486</v>
       </c>
       <c r="D376" t="s">
         <v>1487</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>1488</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>1489</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B377" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C377" t="s">
         <v>1490</v>
       </c>
       <c r="D377" t="s">
         <v>1491</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>1492</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>1493</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B378" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C378" t="s">
         <v>1494</v>
       </c>
       <c r="D378" t="s">
         <v>1495</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>1496</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B379" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C379" t="s">
         <v>1498</v>
       </c>
       <c r="D379" t="s">
         <v>1499</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>1500</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>1501</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B380" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C380" t="s">
         <v>1502</v>
       </c>
       <c r="D380" t="s">
         <v>1503</v>
       </c>
       <c r="E380" s="2" t="s">
         <v>1504</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>1505</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B381" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C381" t="s">
         <v>1506</v>
       </c>
       <c r="D381" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B382" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C382" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="D382" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B383" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C383" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="D383" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B384" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C384" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="D384" t="s">
-        <v>938</v>
+        <v>1519</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B385" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C385" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="D385" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B386" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C386" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="D386" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B387" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C387" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="D387" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B388" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C388" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="D388" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B389" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C389" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="D389" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B390" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C390" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="D390" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B391" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C391" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="D391" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B392" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C392" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="D392" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B393" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C393" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="D393" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B394" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C394" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="D394" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B395" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C395" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="D395" t="s">
-        <v>1561</v>
+        <v>942</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>1562</v>
       </c>
       <c r="F395" s="2" t="s">
         <v>1563</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B396" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C396" t="s">
         <v>1564</v>
       </c>
       <c r="D396" t="s">
         <v>1565</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>1566</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B397" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C397" t="s">
         <v>1568</v>
       </c>
       <c r="D397" t="s">
         <v>1569</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>1570</v>
       </c>
       <c r="F397" s="2" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B398" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C398" t="s">
         <v>1572</v>
       </c>
       <c r="D398" t="s">
         <v>1573</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>1574</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>1575</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1393</v>
+        <v>1421</v>
       </c>
       <c r="B399" t="s">
-        <v>1394</v>
+        <v>1422</v>
       </c>
       <c r="C399" t="s">
         <v>1576</v>
       </c>
       <c r="D399" t="s">
         <v>1577</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>1578</v>
       </c>
       <c r="F399" s="2" t="s">
         <v>1579</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C400" t="s">
         <v>1580</v>
       </c>
-      <c r="B400" t="s">
+      <c r="D400" t="s">
         <v>1581</v>
       </c>
-      <c r="C400" t="s">
+      <c r="E400" s="2" t="s">
         <v>1582</v>
       </c>
-      <c r="D400" t="s">
-[...2 lines deleted...]
-      <c r="E400" s="2" t="s">
+      <c r="F400" s="2" t="s">
         <v>1583</v>
-      </c>
-[...1 lines deleted...]
-        <v>1584</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1580</v>
+        <v>1421</v>
       </c>
       <c r="B401" t="s">
-        <v>1581</v>
+        <v>1422</v>
       </c>
       <c r="C401" t="s">
-        <v>338</v>
+        <v>1584</v>
       </c>
       <c r="D401" t="s">
-        <v>339</v>
+        <v>1585</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1580</v>
+        <v>1421</v>
       </c>
       <c r="B402" t="s">
-        <v>1581</v>
+        <v>1422</v>
       </c>
       <c r="C402" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="D402" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1580</v>
+        <v>1421</v>
       </c>
       <c r="B403" t="s">
-        <v>1581</v>
+        <v>1422</v>
       </c>
       <c r="C403" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="D403" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>1580</v>
+        <v>1421</v>
       </c>
       <c r="B404" t="s">
-        <v>1581</v>
+        <v>1422</v>
       </c>
       <c r="C404" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="D404" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1580</v>
+        <v>1421</v>
       </c>
       <c r="B405" t="s">
-        <v>1581</v>
+        <v>1422</v>
       </c>
       <c r="C405" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="D405" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1580</v>
+        <v>1421</v>
       </c>
       <c r="B406" t="s">
-        <v>1581</v>
+        <v>1422</v>
       </c>
       <c r="C406" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="D406" t="s">
-        <v>1269</v>
+        <v>1605</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1603</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1580</v>
+        <v>1421</v>
       </c>
       <c r="B407" t="s">
-        <v>1581</v>
+        <v>1422</v>
       </c>
       <c r="C407" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="D407" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1580</v>
+        <v>1421</v>
       </c>
       <c r="B408" t="s">
-        <v>1581</v>
+        <v>1422</v>
       </c>
       <c r="C408" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
       <c r="D408" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1611</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1580</v>
+        <v>1421</v>
       </c>
       <c r="B409" t="s">
-        <v>1581</v>
+        <v>1422</v>
       </c>
       <c r="C409" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="D409" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1580</v>
+        <v>1421</v>
       </c>
       <c r="B410" t="s">
-        <v>1581</v>
+        <v>1422</v>
       </c>
       <c r="C410" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="D410" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1619</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1580</v>
+        <v>1421</v>
       </c>
       <c r="B411" t="s">
-        <v>1581</v>
+        <v>1422</v>
       </c>
       <c r="C411" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
       <c r="D411" t="s">
-        <v>1621</v>
+        <v>1625</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1623</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1580</v>
+        <v>1628</v>
       </c>
       <c r="B412" t="s">
-        <v>1581</v>
+        <v>1629</v>
       </c>
       <c r="C412" t="s">
-        <v>1624</v>
+        <v>1630</v>
       </c>
       <c r="D412" t="s">
-        <v>1625</v>
+        <v>1424</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>1626</v>
+        <v>1631</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1627</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1580</v>
+        <v>1628</v>
       </c>
       <c r="B413" t="s">
-        <v>1581</v>
+        <v>1629</v>
       </c>
       <c r="C413" t="s">
-        <v>1628</v>
+        <v>346</v>
       </c>
       <c r="D413" t="s">
-        <v>1629</v>
+        <v>347</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1580</v>
+        <v>1628</v>
       </c>
       <c r="B414" t="s">
-        <v>1581</v>
+        <v>1629</v>
       </c>
       <c r="C414" t="s">
-        <v>398</v>
+        <v>1635</v>
       </c>
       <c r="D414" t="s">
-        <v>399</v>
+        <v>1636</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>400</v>
+        <v>1637</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1632</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1580</v>
+        <v>1628</v>
       </c>
       <c r="B415" t="s">
-        <v>1581</v>
+        <v>1629</v>
       </c>
       <c r="C415" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="D415" t="s">
-        <v>1634</v>
+        <v>1639</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>1635</v>
+        <v>1640</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1636</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1580</v>
+        <v>1628</v>
       </c>
       <c r="B416" t="s">
-        <v>1581</v>
+        <v>1629</v>
       </c>
       <c r="C416" t="s">
-        <v>1165</v>
+        <v>1642</v>
       </c>
       <c r="D416" t="s">
-        <v>1166</v>
+        <v>1642</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1639</v>
+        <v>1628</v>
       </c>
       <c r="B417" t="s">
-        <v>1640</v>
+        <v>1629</v>
       </c>
       <c r="C417" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="D417" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1644</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1639</v>
+        <v>1628</v>
       </c>
       <c r="B418" t="s">
-        <v>1640</v>
+        <v>1629</v>
       </c>
       <c r="C418" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="D418" t="s">
-        <v>1646</v>
+        <v>1297</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1639</v>
+        <v>1628</v>
       </c>
       <c r="B419" t="s">
-        <v>1640</v>
+        <v>1629</v>
       </c>
       <c r="C419" t="s">
-        <v>1649</v>
+        <v>1652</v>
       </c>
       <c r="D419" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1639</v>
+        <v>1628</v>
       </c>
       <c r="B420" t="s">
-        <v>1640</v>
+        <v>1629</v>
       </c>
       <c r="C420" t="s">
-        <v>286</v>
+        <v>1656</v>
       </c>
       <c r="D420" t="s">
-        <v>287</v>
+        <v>1657</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1653</v>
+        <v>1658</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1639</v>
+        <v>1628</v>
       </c>
       <c r="B421" t="s">
-        <v>1640</v>
+        <v>1629</v>
       </c>
       <c r="C421" t="s">
-        <v>518</v>
+        <v>1660</v>
       </c>
       <c r="D421" t="s">
-        <v>519</v>
+        <v>1661</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>1655</v>
+        <v>1662</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1656</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1639</v>
+        <v>1628</v>
       </c>
       <c r="B422" t="s">
-        <v>1640</v>
+        <v>1629</v>
       </c>
       <c r="C422" t="s">
-        <v>1657</v>
+        <v>1664</v>
       </c>
       <c r="D422" t="s">
-        <v>1658</v>
+        <v>1665</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>1659</v>
+        <v>1666</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>1660</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1639</v>
+        <v>1628</v>
       </c>
       <c r="B423" t="s">
-        <v>1640</v>
+        <v>1629</v>
       </c>
       <c r="C423" t="s">
-        <v>1661</v>
+        <v>1668</v>
       </c>
       <c r="D423" t="s">
-        <v>1662</v>
+        <v>1669</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>1663</v>
+        <v>1670</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1664</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1639</v>
+        <v>1628</v>
       </c>
       <c r="B424" t="s">
-        <v>1640</v>
+        <v>1629</v>
       </c>
       <c r="C424" t="s">
-        <v>550</v>
+        <v>1672</v>
       </c>
       <c r="D424" t="s">
-        <v>551</v>
+        <v>1673</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>1665</v>
+        <v>1674</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1666</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1639</v>
+        <v>1628</v>
       </c>
       <c r="B425" t="s">
-        <v>1640</v>
+        <v>1629</v>
       </c>
       <c r="C425" t="s">
-        <v>294</v>
+        <v>1676</v>
       </c>
       <c r="D425" t="s">
-        <v>295</v>
+        <v>1677</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>296</v>
+        <v>1678</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>297</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1639</v>
+        <v>1628</v>
       </c>
       <c r="B426" t="s">
-        <v>1640</v>
+        <v>1629</v>
       </c>
       <c r="C426" t="s">
-        <v>1667</v>
+        <v>1680</v>
       </c>
       <c r="D426" t="s">
-        <v>1668</v>
+        <v>1681</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>1669</v>
+        <v>1682</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1670</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1639</v>
+        <v>1628</v>
       </c>
       <c r="B427" t="s">
-        <v>1640</v>
+        <v>1629</v>
       </c>
       <c r="C427" t="s">
-        <v>1671</v>
+        <v>1193</v>
       </c>
       <c r="D427" t="s">
-        <v>1672</v>
+        <v>1194</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>1673</v>
+        <v>1684</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1674</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1639</v>
+        <v>1686</v>
       </c>
       <c r="B428" t="s">
-        <v>1640</v>
+        <v>1687</v>
       </c>
       <c r="C428" t="s">
-        <v>1675</v>
+        <v>1688</v>
       </c>
       <c r="D428" t="s">
-        <v>1676</v>
+        <v>1689</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1677</v>
+        <v>1690</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1678</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1639</v>
+        <v>1686</v>
       </c>
       <c r="B429" t="s">
-        <v>1640</v>
+        <v>1687</v>
       </c>
       <c r="C429" t="s">
-        <v>1679</v>
+        <v>1692</v>
       </c>
       <c r="D429" t="s">
-        <v>539</v>
+        <v>1693</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1680</v>
+        <v>1694</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1681</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1639</v>
+        <v>1686</v>
       </c>
       <c r="B430" t="s">
-        <v>1640</v>
+        <v>1687</v>
       </c>
       <c r="C430" t="s">
-        <v>1682</v>
+        <v>1696</v>
       </c>
       <c r="D430" t="s">
-        <v>1683</v>
+        <v>1697</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1684</v>
+        <v>1698</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1685</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1639</v>
+        <v>1686</v>
       </c>
       <c r="B431" t="s">
-        <v>1640</v>
+        <v>1687</v>
       </c>
       <c r="C431" t="s">
-        <v>876</v>
+        <v>294</v>
       </c>
       <c r="D431" t="s">
-        <v>877</v>
+        <v>295</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>878</v>
+        <v>1700</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>879</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1639</v>
+        <v>1686</v>
       </c>
       <c r="B432" t="s">
-        <v>1640</v>
+        <v>1687</v>
       </c>
       <c r="C432" t="s">
-        <v>1686</v>
+        <v>526</v>
       </c>
       <c r="D432" t="s">
-        <v>1687</v>
+        <v>527</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>1688</v>
+        <v>1702</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1689</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1639</v>
+        <v>1686</v>
       </c>
       <c r="B433" t="s">
-        <v>1640</v>
+        <v>1687</v>
       </c>
       <c r="C433" t="s">
-        <v>1690</v>
+        <v>1704</v>
       </c>
       <c r="D433" t="s">
-        <v>1691</v>
+        <v>1705</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>1692</v>
+        <v>1706</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1693</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1639</v>
+        <v>1686</v>
       </c>
       <c r="B434" t="s">
-        <v>1640</v>
+        <v>1687</v>
       </c>
       <c r="C434" t="s">
-        <v>884</v>
+        <v>1708</v>
       </c>
       <c r="D434" t="s">
-        <v>885</v>
+        <v>1709</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>1137</v>
+        <v>1710</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1138</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1639</v>
+        <v>1686</v>
       </c>
       <c r="B435" t="s">
-        <v>1640</v>
+        <v>1687</v>
       </c>
       <c r="C435" t="s">
-        <v>1694</v>
+        <v>558</v>
       </c>
       <c r="D435" t="s">
-        <v>1695</v>
+        <v>559</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>1696</v>
+        <v>1712</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1697</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1639</v>
+        <v>1686</v>
       </c>
       <c r="B436" t="s">
-        <v>1640</v>
+        <v>1687</v>
       </c>
       <c r="C436" t="s">
-        <v>892</v>
+        <v>302</v>
       </c>
       <c r="D436" t="s">
-        <v>893</v>
+        <v>303</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>1698</v>
+        <v>304</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1699</v>
+        <v>305</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1639</v>
+        <v>1686</v>
       </c>
       <c r="B437" t="s">
-        <v>1640</v>
+        <v>1687</v>
       </c>
       <c r="C437" t="s">
-        <v>306</v>
+        <v>1714</v>
       </c>
       <c r="D437" t="s">
-        <v>307</v>
+        <v>1715</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>308</v>
+        <v>1716</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>309</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1639</v>
+        <v>1686</v>
       </c>
       <c r="B438" t="s">
-        <v>1640</v>
+        <v>1687</v>
       </c>
       <c r="C438" t="s">
-        <v>314</v>
+        <v>1718</v>
       </c>
       <c r="D438" t="s">
-        <v>315</v>
+        <v>1719</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>1700</v>
+        <v>1720</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1701</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1639</v>
+        <v>1686</v>
       </c>
       <c r="B439" t="s">
-        <v>1640</v>
+        <v>1687</v>
       </c>
       <c r="C439" t="s">
-        <v>598</v>
+        <v>1722</v>
       </c>
       <c r="D439" t="s">
-        <v>599</v>
+        <v>1723</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>600</v>
+        <v>1724</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>601</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1702</v>
+        <v>1686</v>
       </c>
       <c r="B440" t="s">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="C440" t="s">
-        <v>1704</v>
+        <v>1726</v>
       </c>
       <c r="D440" t="s">
-        <v>1705</v>
+        <v>547</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>1706</v>
+        <v>1727</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1707</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1702</v>
+        <v>1686</v>
       </c>
       <c r="B441" t="s">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="C441" t="s">
-        <v>1708</v>
+        <v>1729</v>
       </c>
       <c r="D441" t="s">
-        <v>1709</v>
+        <v>1730</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>1710</v>
+        <v>1731</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1711</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1702</v>
+        <v>1686</v>
       </c>
       <c r="B442" t="s">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="C442" t="s">
-        <v>1712</v>
+        <v>880</v>
       </c>
       <c r="D442" t="s">
-        <v>1713</v>
+        <v>881</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>1714</v>
+        <v>882</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1715</v>
+        <v>883</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1702</v>
+        <v>1686</v>
       </c>
       <c r="B443" t="s">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="C443" t="s">
-        <v>1716</v>
+        <v>1733</v>
       </c>
       <c r="D443" t="s">
-        <v>1717</v>
+        <v>1734</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>1718</v>
+        <v>1735</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1702</v>
+        <v>1686</v>
       </c>
       <c r="B444" t="s">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="C444" t="s">
-        <v>1720</v>
+        <v>1737</v>
       </c>
       <c r="D444" t="s">
-        <v>1721</v>
+        <v>1738</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>1722</v>
+        <v>1739</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1723</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1702</v>
+        <v>1686</v>
       </c>
       <c r="B445" t="s">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="C445" t="s">
-        <v>1724</v>
+        <v>888</v>
       </c>
       <c r="D445" t="s">
-        <v>1725</v>
+        <v>889</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>1726</v>
+        <v>1157</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1727</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1702</v>
+        <v>1686</v>
       </c>
       <c r="B446" t="s">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="C446" t="s">
-        <v>1728</v>
+        <v>1741</v>
       </c>
       <c r="D446" t="s">
-        <v>1729</v>
+        <v>1742</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>1730</v>
+        <v>1743</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1731</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1702</v>
+        <v>1686</v>
       </c>
       <c r="B447" t="s">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="C447" t="s">
-        <v>1732</v>
+        <v>896</v>
       </c>
       <c r="D447" t="s">
-        <v>1733</v>
+        <v>897</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>1734</v>
+        <v>1745</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1735</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1702</v>
+        <v>1686</v>
       </c>
       <c r="B448" t="s">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="C448" t="s">
-        <v>1736</v>
+        <v>314</v>
       </c>
       <c r="D448" t="s">
-        <v>1737</v>
+        <v>315</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>1738</v>
+        <v>316</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1739</v>
+        <v>317</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1702</v>
+        <v>1686</v>
       </c>
       <c r="B449" t="s">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="C449" t="s">
-        <v>1740</v>
+        <v>602</v>
       </c>
       <c r="D449" t="s">
-        <v>1741</v>
+        <v>603</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>1742</v>
+        <v>604</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1743</v>
+        <v>605</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1702</v>
+        <v>1686</v>
       </c>
       <c r="B450" t="s">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="C450" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="D450" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B451" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C451" t="s">
-        <v>1748</v>
+        <v>1753</v>
       </c>
       <c r="D451" t="s">
-        <v>1749</v>
+        <v>1754</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>1750</v>
+        <v>1755</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1751</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B452" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C452" t="s">
-        <v>1752</v>
+        <v>1757</v>
       </c>
       <c r="D452" t="s">
-        <v>1753</v>
+        <v>1758</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>1754</v>
+        <v>1759</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1755</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B453" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C453" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
       <c r="D453" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B454" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C454" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="D454" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1763</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B455" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C455" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="D455" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>1766</v>
+        <v>1771</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B456" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C456" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
       <c r="D456" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B457" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C457" t="s">
-        <v>1772</v>
+        <v>1777</v>
       </c>
       <c r="D457" t="s">
-        <v>1773</v>
+        <v>1778</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>1774</v>
+        <v>1779</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1775</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B458" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C458" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
       <c r="D458" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B459" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C459" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="D459" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>1782</v>
+        <v>1787</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B460" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C460" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="D460" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B461" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C461" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="D461" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B462" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C462" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
       <c r="D462" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B463" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C463" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="D463" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B464" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C464" t="s">
-        <v>1800</v>
+        <v>1805</v>
       </c>
       <c r="D464" t="s">
-        <v>1801</v>
+        <v>1806</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B465" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C465" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="D465" t="s">
-        <v>1805</v>
+        <v>1810</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>1806</v>
+        <v>1811</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B466" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C466" t="s">
-        <v>1808</v>
+        <v>1813</v>
       </c>
       <c r="D466" t="s">
-        <v>1808</v>
+        <v>1814</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B467" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C467" t="s">
-        <v>1811</v>
+        <v>1817</v>
       </c>
       <c r="D467" t="s">
-        <v>1812</v>
+        <v>1818</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>1813</v>
+        <v>1819</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1814</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B468" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C468" t="s">
-        <v>1815</v>
+        <v>1821</v>
       </c>
       <c r="D468" t="s">
-        <v>1816</v>
+        <v>1822</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>1817</v>
+        <v>1823</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1818</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B469" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C469" t="s">
-        <v>1819</v>
+        <v>1825</v>
       </c>
       <c r="D469" t="s">
-        <v>1820</v>
+        <v>1826</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>1821</v>
+        <v>1827</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1822</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B470" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C470" t="s">
-        <v>1823</v>
+        <v>1829</v>
       </c>
       <c r="D470" t="s">
-        <v>1824</v>
+        <v>1829</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>1825</v>
+        <v>1830</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1826</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B471" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C471" t="s">
-        <v>1827</v>
+        <v>1832</v>
       </c>
       <c r="D471" t="s">
-        <v>1828</v>
+        <v>1833</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>1829</v>
+        <v>1834</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1830</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B472" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C472" t="s">
-        <v>1831</v>
+        <v>1836</v>
       </c>
       <c r="D472" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B473" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C473" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="D473" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B474" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C474" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
       <c r="D474" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B475" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C475" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
       <c r="D475" t="s">
-        <v>938</v>
+        <v>1849</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>1844</v>
+        <v>1850</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1845</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B476" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C476" t="s">
-        <v>1846</v>
+        <v>1852</v>
       </c>
       <c r="D476" t="s">
-        <v>1847</v>
+        <v>1853</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1848</v>
+        <v>1854</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1849</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1702</v>
+        <v>1751</v>
       </c>
       <c r="B477" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="C477" t="s">
-        <v>1850</v>
+        <v>1856</v>
       </c>
       <c r="D477" t="s">
-        <v>1851</v>
+        <v>1857</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>1852</v>
+        <v>1858</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1853</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1854</v>
+        <v>1751</v>
       </c>
       <c r="B478" t="s">
-        <v>1855</v>
+        <v>1752</v>
       </c>
       <c r="C478" t="s">
-        <v>1856</v>
+        <v>1860</v>
       </c>
       <c r="D478" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1859</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1854</v>
+        <v>1751</v>
       </c>
       <c r="B479" t="s">
-        <v>1855</v>
+        <v>1752</v>
       </c>
       <c r="C479" t="s">
-        <v>1860</v>
+        <v>1864</v>
       </c>
       <c r="D479" t="s">
-        <v>1861</v>
+        <v>1865</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1862</v>
+        <v>1866</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1854</v>
+        <v>1751</v>
       </c>
       <c r="B480" t="s">
-        <v>1855</v>
+        <v>1752</v>
       </c>
       <c r="C480" t="s">
-        <v>1864</v>
+        <v>1868</v>
       </c>
       <c r="D480" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1854</v>
+        <v>1751</v>
       </c>
       <c r="B481" t="s">
-        <v>1855</v>
+        <v>1752</v>
       </c>
       <c r="C481" t="s">
-        <v>1868</v>
+        <v>1871</v>
       </c>
       <c r="D481" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>1870</v>
+        <v>1873</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1854</v>
+        <v>1751</v>
       </c>
       <c r="B482" t="s">
-        <v>1855</v>
+        <v>1752</v>
       </c>
       <c r="C482" t="s">
-        <v>1872</v>
+        <v>1875</v>
       </c>
       <c r="D482" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1875</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>1854</v>
+        <v>1751</v>
       </c>
       <c r="B483" t="s">
-        <v>1855</v>
+        <v>1752</v>
       </c>
       <c r="C483" t="s">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="D483" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1880</v>
+        <v>1751</v>
       </c>
       <c r="B484" t="s">
-        <v>1881</v>
+        <v>1752</v>
       </c>
       <c r="C484" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="D484" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1880</v>
+        <v>1751</v>
       </c>
       <c r="B485" t="s">
-        <v>1881</v>
+        <v>1752</v>
       </c>
       <c r="C485" t="s">
-        <v>1736</v>
+        <v>1887</v>
       </c>
       <c r="D485" t="s">
-        <v>1737</v>
+        <v>1888</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1880</v>
+        <v>1751</v>
       </c>
       <c r="B486" t="s">
-        <v>1881</v>
+        <v>1752</v>
       </c>
       <c r="C486" t="s">
-        <v>1780</v>
+        <v>1891</v>
       </c>
       <c r="D486" t="s">
-        <v>1781</v>
+        <v>1892</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>1888</v>
+        <v>1893</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1889</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1880</v>
+        <v>1751</v>
       </c>
       <c r="B487" t="s">
-        <v>1881</v>
+        <v>1752</v>
       </c>
       <c r="C487" t="s">
-        <v>1788</v>
+        <v>1895</v>
       </c>
       <c r="D487" t="s">
-        <v>1789</v>
+        <v>1896</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>1890</v>
+        <v>1897</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1891</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1880</v>
+        <v>1751</v>
       </c>
       <c r="B488" t="s">
-        <v>1881</v>
+        <v>1752</v>
       </c>
       <c r="C488" t="s">
-        <v>1815</v>
+        <v>1899</v>
       </c>
       <c r="D488" t="s">
-        <v>1816</v>
+        <v>1900</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>1892</v>
+        <v>1901</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1893</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1880</v>
+        <v>1751</v>
       </c>
       <c r="B489" t="s">
-        <v>1881</v>
+        <v>1752</v>
       </c>
       <c r="C489" t="s">
-        <v>1894</v>
+        <v>1903</v>
       </c>
       <c r="D489" t="s">
-        <v>1895</v>
+        <v>1904</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>1896</v>
+        <v>1905</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1897</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1880</v>
+        <v>1751</v>
       </c>
       <c r="B490" t="s">
-        <v>1881</v>
+        <v>1752</v>
       </c>
       <c r="C490" t="s">
-        <v>1819</v>
+        <v>1907</v>
       </c>
       <c r="D490" t="s">
-        <v>1820</v>
+        <v>1908</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>1898</v>
+        <v>1909</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1899</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1900</v>
+        <v>1751</v>
       </c>
       <c r="B491" t="s">
-        <v>1901</v>
+        <v>1752</v>
       </c>
       <c r="C491" t="s">
-        <v>518</v>
+        <v>1911</v>
       </c>
       <c r="D491" t="s">
-        <v>519</v>
+        <v>1912</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>1655</v>
+        <v>1913</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1902</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1900</v>
+        <v>1751</v>
       </c>
       <c r="B492" t="s">
-        <v>1901</v>
+        <v>1752</v>
       </c>
       <c r="C492" t="s">
-        <v>1903</v>
+        <v>1915</v>
       </c>
       <c r="D492" t="s">
-        <v>1904</v>
+        <v>942</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>1905</v>
+        <v>1916</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1906</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1900</v>
+        <v>1751</v>
       </c>
       <c r="B493" t="s">
-        <v>1901</v>
+        <v>1752</v>
       </c>
       <c r="C493" t="s">
-        <v>1907</v>
+        <v>1918</v>
       </c>
       <c r="D493" t="s">
-        <v>1908</v>
+        <v>1919</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>1909</v>
+        <v>1920</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1910</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1900</v>
+        <v>1751</v>
       </c>
       <c r="B494" t="s">
-        <v>1901</v>
+        <v>1752</v>
       </c>
       <c r="C494" t="s">
-        <v>1911</v>
+        <v>1922</v>
       </c>
       <c r="D494" t="s">
-        <v>909</v>
+        <v>1923</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>1912</v>
+        <v>1924</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1913</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1900</v>
+        <v>1751</v>
       </c>
       <c r="B495" t="s">
-        <v>1901</v>
+        <v>1752</v>
       </c>
       <c r="C495" t="s">
-        <v>1914</v>
+        <v>1926</v>
       </c>
       <c r="D495" t="s">
-        <v>1915</v>
+        <v>1927</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>1916</v>
+        <v>1928</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1917</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1900</v>
+        <v>1930</v>
       </c>
       <c r="B496" t="s">
-        <v>1901</v>
+        <v>1931</v>
       </c>
       <c r="C496" t="s">
-        <v>1918</v>
+        <v>1932</v>
       </c>
       <c r="D496" t="s">
-        <v>1919</v>
+        <v>1933</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>1920</v>
+        <v>1934</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>1921</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1900</v>
+        <v>1930</v>
       </c>
       <c r="B497" t="s">
-        <v>1901</v>
+        <v>1931</v>
       </c>
       <c r="C497" t="s">
-        <v>294</v>
+        <v>1936</v>
       </c>
       <c r="D497" t="s">
-        <v>295</v>
+        <v>1937</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>296</v>
+        <v>1938</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>297</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1900</v>
+        <v>1930</v>
       </c>
       <c r="B498" t="s">
-        <v>1901</v>
+        <v>1931</v>
       </c>
       <c r="C498" t="s">
-        <v>1922</v>
+        <v>1940</v>
       </c>
       <c r="D498" t="s">
-        <v>1923</v>
+        <v>1941</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>1924</v>
+        <v>1942</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1925</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1900</v>
+        <v>1930</v>
       </c>
       <c r="B499" t="s">
-        <v>1901</v>
+        <v>1931</v>
       </c>
       <c r="C499" t="s">
-        <v>1926</v>
+        <v>1944</v>
       </c>
       <c r="D499" t="s">
-        <v>485</v>
+        <v>1945</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>1927</v>
+        <v>1946</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1928</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1900</v>
+        <v>1930</v>
       </c>
       <c r="B500" t="s">
-        <v>1901</v>
+        <v>1931</v>
       </c>
       <c r="C500" t="s">
-        <v>1929</v>
+        <v>1948</v>
       </c>
       <c r="D500" t="s">
-        <v>1930</v>
+        <v>1949</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>1931</v>
+        <v>1950</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>1932</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1900</v>
+        <v>1930</v>
       </c>
       <c r="B501" t="s">
-        <v>1901</v>
+        <v>1931</v>
       </c>
       <c r="C501" t="s">
-        <v>876</v>
+        <v>1952</v>
       </c>
       <c r="D501" t="s">
-        <v>877</v>
+        <v>1953</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>878</v>
+        <v>1954</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>879</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1900</v>
+        <v>1956</v>
       </c>
       <c r="B502" t="s">
-        <v>1901</v>
+        <v>1957</v>
       </c>
       <c r="C502" t="s">
-        <v>1686</v>
+        <v>1958</v>
       </c>
       <c r="D502" t="s">
-        <v>1687</v>
+        <v>1959</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>1933</v>
+        <v>1960</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>1934</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1900</v>
+        <v>1956</v>
       </c>
       <c r="B503" t="s">
-        <v>1901</v>
+        <v>1957</v>
       </c>
       <c r="C503" t="s">
-        <v>1935</v>
+        <v>1785</v>
       </c>
       <c r="D503" t="s">
-        <v>1936</v>
+        <v>1786</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>1937</v>
+        <v>1962</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1938</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1900</v>
+        <v>1956</v>
       </c>
       <c r="B504" t="s">
-        <v>1901</v>
+        <v>1957</v>
       </c>
       <c r="C504" t="s">
-        <v>302</v>
+        <v>1836</v>
       </c>
       <c r="D504" t="s">
-        <v>303</v>
+        <v>1837</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>304</v>
+        <v>1964</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>1939</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1900</v>
+        <v>1956</v>
       </c>
       <c r="B505" t="s">
-        <v>1901</v>
+        <v>1957</v>
       </c>
       <c r="C505" t="s">
-        <v>884</v>
+        <v>1844</v>
       </c>
       <c r="D505" t="s">
-        <v>885</v>
+        <v>1845</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>1137</v>
+        <v>1966</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1940</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1900</v>
+        <v>1956</v>
       </c>
       <c r="B506" t="s">
-        <v>1901</v>
+        <v>1957</v>
       </c>
       <c r="C506" t="s">
-        <v>888</v>
+        <v>1879</v>
       </c>
       <c r="D506" t="s">
-        <v>889</v>
+        <v>1880</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>1941</v>
+        <v>1968</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>1942</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>1900</v>
+        <v>1956</v>
       </c>
       <c r="B507" t="s">
-        <v>1901</v>
+        <v>1957</v>
       </c>
       <c r="C507" t="s">
-        <v>306</v>
+        <v>1970</v>
       </c>
       <c r="D507" t="s">
-        <v>307</v>
+        <v>1971</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>308</v>
+        <v>1972</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>1943</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1900</v>
+        <v>1956</v>
       </c>
       <c r="B508" t="s">
-        <v>1901</v>
+        <v>1957</v>
       </c>
       <c r="C508" t="s">
-        <v>1944</v>
+        <v>1883</v>
       </c>
       <c r="D508" t="s">
-        <v>1945</v>
+        <v>1884</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>1946</v>
+        <v>1974</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>1947</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1900</v>
+        <v>1976</v>
       </c>
       <c r="B509" t="s">
-        <v>1901</v>
+        <v>1977</v>
       </c>
       <c r="C509" t="s">
-        <v>314</v>
+        <v>526</v>
       </c>
       <c r="D509" t="s">
-        <v>315</v>
+        <v>527</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>316</v>
+        <v>1702</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>1948</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B510" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C510" t="s">
-        <v>1951</v>
+        <v>1979</v>
       </c>
       <c r="D510" t="s">
-        <v>1952</v>
+        <v>1980</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>1953</v>
+        <v>1981</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>1954</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B511" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C511" t="s">
-        <v>1955</v>
+        <v>1983</v>
       </c>
       <c r="D511" t="s">
-        <v>1956</v>
+        <v>1984</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>1957</v>
+        <v>1985</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>1958</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B512" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C512" t="s">
-        <v>1959</v>
+        <v>1987</v>
       </c>
       <c r="D512" t="s">
-        <v>1960</v>
+        <v>913</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>1961</v>
+        <v>1988</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>1962</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B513" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C513" t="s">
-        <v>1963</v>
+        <v>1990</v>
       </c>
       <c r="D513" t="s">
-        <v>1964</v>
+        <v>1991</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>1965</v>
+        <v>1992</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1966</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B514" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C514" t="s">
-        <v>1967</v>
+        <v>1994</v>
       </c>
       <c r="D514" t="s">
-        <v>1968</v>
+        <v>1995</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>1969</v>
+        <v>1996</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>1970</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B515" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C515" t="s">
-        <v>1971</v>
+        <v>302</v>
       </c>
       <c r="D515" t="s">
-        <v>1972</v>
+        <v>303</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>1973</v>
+        <v>304</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1974</v>
+        <v>305</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B516" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C516" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="D516" t="s">
-        <v>1427</v>
+        <v>1999</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>1976</v>
+        <v>2000</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>1977</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B517" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C517" t="s">
-        <v>1978</v>
+        <v>2002</v>
       </c>
       <c r="D517" t="s">
-        <v>1979</v>
+        <v>493</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>1980</v>
+        <v>2003</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>1981</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B518" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C518" t="s">
-        <v>1982</v>
+        <v>2005</v>
       </c>
       <c r="D518" t="s">
-        <v>1983</v>
+        <v>2006</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1984</v>
+        <v>2007</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1985</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B519" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C519" t="s">
-        <v>70</v>
+        <v>880</v>
       </c>
       <c r="D519" t="s">
-        <v>71</v>
+        <v>881</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>1986</v>
+        <v>882</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1987</v>
+        <v>883</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B520" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C520" t="s">
-        <v>1988</v>
+        <v>1733</v>
       </c>
       <c r="D520" t="s">
-        <v>1989</v>
+        <v>1734</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>1990</v>
+        <v>2009</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1991</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B521" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C521" t="s">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="D521" t="s">
-        <v>1993</v>
+        <v>2012</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>1995</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B522" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C522" t="s">
-        <v>1996</v>
+        <v>310</v>
       </c>
       <c r="D522" t="s">
-        <v>1997</v>
+        <v>311</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>1998</v>
+        <v>312</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>1999</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="B523" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="C523" t="s">
-        <v>2000</v>
+        <v>888</v>
       </c>
       <c r="D523" t="s">
-        <v>2001</v>
+        <v>889</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>2002</v>
+        <v>1157</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>2003</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>2004</v>
+        <v>1976</v>
       </c>
       <c r="B524" t="s">
-        <v>2005</v>
+        <v>1977</v>
       </c>
       <c r="C524" t="s">
-        <v>2006</v>
+        <v>892</v>
       </c>
       <c r="D524" t="s">
-        <v>2007</v>
+        <v>893</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>2009</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>2004</v>
+        <v>1976</v>
       </c>
       <c r="B525" t="s">
-        <v>2005</v>
+        <v>1977</v>
       </c>
       <c r="C525" t="s">
-        <v>2010</v>
+        <v>314</v>
       </c>
       <c r="D525" t="s">
-        <v>2011</v>
+        <v>315</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>2012</v>
+        <v>316</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>2013</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>2004</v>
+        <v>1976</v>
       </c>
       <c r="B526" t="s">
-        <v>2005</v>
+        <v>1977</v>
       </c>
       <c r="C526" t="s">
-        <v>302</v>
+        <v>2020</v>
       </c>
       <c r="D526" t="s">
-        <v>303</v>
+        <v>2021</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>2015</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>2004</v>
+        <v>1976</v>
       </c>
       <c r="B527" t="s">
-        <v>2005</v>
+        <v>1977</v>
       </c>
       <c r="C527" t="s">
-        <v>2016</v>
+        <v>322</v>
       </c>
       <c r="D527" t="s">
-        <v>2017</v>
+        <v>323</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>2018</v>
+        <v>324</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>2019</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B528" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="C528" t="s">
-        <v>2022</v>
+        <v>2027</v>
       </c>
       <c r="D528" t="s">
-        <v>2023</v>
+        <v>2028</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>2025</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B529" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="C529" t="s">
-        <v>2026</v>
+        <v>2031</v>
       </c>
       <c r="D529" t="s">
-        <v>2027</v>
+        <v>2032</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>2028</v>
+        <v>2033</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>2029</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B530" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="C530" t="s">
-        <v>2030</v>
+        <v>2035</v>
       </c>
       <c r="D530" t="s">
-        <v>2031</v>
+        <v>2036</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>2032</v>
+        <v>2037</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>2033</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B531" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="C531" t="s">
-        <v>2034</v>
+        <v>2039</v>
       </c>
       <c r="D531" t="s">
-        <v>2035</v>
+        <v>2040</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>2036</v>
+        <v>2041</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>2037</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B532" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="C532" t="s">
-        <v>2038</v>
+        <v>2043</v>
       </c>
       <c r="D532" t="s">
-        <v>2039</v>
+        <v>2044</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>2040</v>
+        <v>2045</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>2041</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B533" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="C533" t="s">
-        <v>2042</v>
+        <v>2047</v>
       </c>
       <c r="D533" t="s">
-        <v>2043</v>
+        <v>2048</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>2044</v>
+        <v>2049</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>2045</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B534" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="C534" t="s">
-        <v>2046</v>
+        <v>2051</v>
       </c>
       <c r="D534" t="s">
-        <v>2047</v>
+        <v>1459</v>
       </c>
       <c r="E534" s="2" t="s">
-        <v>2048</v>
+        <v>2052</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>2049</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B535" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="C535" t="s">
-        <v>2050</v>
+        <v>2054</v>
       </c>
       <c r="D535" t="s">
-        <v>2051</v>
+        <v>2055</v>
       </c>
       <c r="E535" s="2" t="s">
-        <v>2052</v>
+        <v>2056</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>2053</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B536" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="C536" t="s">
-        <v>2054</v>
+        <v>2058</v>
       </c>
       <c r="D536" t="s">
-        <v>2055</v>
+        <v>2059</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>2056</v>
+        <v>2060</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>2057</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B537" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="C537" t="s">
-        <v>2058</v>
+        <v>70</v>
       </c>
       <c r="D537" t="s">
-        <v>2059</v>
+        <v>71</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>2060</v>
+        <v>2062</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B538" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="C538" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="D538" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>2064</v>
+        <v>2066</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>2066</v>
+        <v>2025</v>
       </c>
       <c r="B539" t="s">
-        <v>2067</v>
+        <v>2026</v>
       </c>
       <c r="C539" t="s">
         <v>2068</v>
       </c>
       <c r="D539" t="s">
         <v>2069</v>
       </c>
       <c r="E539" s="2" t="s">
         <v>2070</v>
       </c>
       <c r="F539" s="2" t="s">
         <v>2071</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>2066</v>
+        <v>2025</v>
       </c>
       <c r="B540" t="s">
-        <v>2067</v>
+        <v>2026</v>
       </c>
       <c r="C540" t="s">
         <v>2072</v>
       </c>
       <c r="D540" t="s">
         <v>2073</v>
       </c>
       <c r="E540" s="2" t="s">
         <v>2074</v>
       </c>
       <c r="F540" s="2" t="s">
         <v>2075</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>2066</v>
+        <v>2025</v>
       </c>
       <c r="B541" t="s">
-        <v>2067</v>
+        <v>2026</v>
       </c>
       <c r="C541" t="s">
         <v>2076</v>
       </c>
       <c r="D541" t="s">
         <v>2077</v>
       </c>
       <c r="E541" s="2" t="s">
         <v>2078</v>
       </c>
       <c r="F541" s="2" t="s">
         <v>2079</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>2066</v>
+        <v>2080</v>
       </c>
       <c r="B542" t="s">
-        <v>2067</v>
+        <v>2081</v>
       </c>
       <c r="C542" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="D542" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="E542" s="2" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>2066</v>
+        <v>2080</v>
       </c>
       <c r="B543" t="s">
-        <v>2067</v>
+        <v>2081</v>
       </c>
       <c r="C543" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
       <c r="D543" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>2066</v>
+        <v>2080</v>
       </c>
       <c r="B544" t="s">
-        <v>2067</v>
+        <v>2081</v>
       </c>
       <c r="C544" t="s">
-        <v>2088</v>
+        <v>310</v>
       </c>
       <c r="D544" t="s">
-        <v>2089</v>
+        <v>311</v>
       </c>
       <c r="E544" s="2" t="s">
         <v>2090</v>
       </c>
       <c r="F544" s="2" t="s">
         <v>2091</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>2066</v>
+        <v>2080</v>
       </c>
       <c r="B545" t="s">
-        <v>2067</v>
+        <v>2081</v>
       </c>
       <c r="C545" t="s">
         <v>2092</v>
       </c>
       <c r="D545" t="s">
         <v>2093</v>
       </c>
       <c r="E545" s="2" t="s">
         <v>2094</v>
       </c>
       <c r="F545" s="2" t="s">
         <v>2095</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
       <c r="B546" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="C546" t="s">
-        <v>2096</v>
+        <v>2098</v>
       </c>
       <c r="D546" t="s">
-        <v>2097</v>
+        <v>2099</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
       <c r="B547" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="C547" t="s">
-        <v>2100</v>
+        <v>2102</v>
       </c>
       <c r="D547" t="s">
-        <v>2101</v>
+        <v>2103</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>2103</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
       <c r="B548" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="C548" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="D548" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>2107</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
       <c r="B549" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="C549" t="s">
-        <v>2108</v>
+        <v>2110</v>
       </c>
       <c r="D549" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>2111</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
       <c r="B550" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="C550" t="s">
-        <v>546</v>
+        <v>2114</v>
       </c>
       <c r="D550" t="s">
-        <v>547</v>
+        <v>2115</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
       <c r="B551" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="C551" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="D551" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
       <c r="B552" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="C552" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="D552" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>2120</v>
+        <v>2124</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>2121</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
       <c r="B553" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="C553" t="s">
-        <v>2122</v>
+        <v>2126</v>
       </c>
       <c r="D553" t="s">
-        <v>2123</v>
+        <v>2127</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>2124</v>
+        <v>2128</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
       <c r="B554" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="C554" t="s">
-        <v>2126</v>
+        <v>2130</v>
       </c>
       <c r="D554" t="s">
-        <v>2127</v>
+        <v>2131</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>2128</v>
+        <v>2132</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>2129</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
       <c r="B555" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="C555" t="s">
-        <v>2130</v>
+        <v>2134</v>
       </c>
       <c r="D555" t="s">
-        <v>2131</v>
+        <v>2135</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>2133</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
       <c r="B556" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="C556" t="s">
-        <v>888</v>
+        <v>2138</v>
       </c>
       <c r="D556" t="s">
-        <v>889</v>
+        <v>2139</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>2134</v>
+        <v>2140</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>2135</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>2066</v>
+        <v>2142</v>
       </c>
       <c r="B557" t="s">
-        <v>2067</v>
+        <v>2143</v>
       </c>
       <c r="C557" t="s">
-        <v>2136</v>
+        <v>2144</v>
       </c>
       <c r="D557" t="s">
-        <v>2137</v>
+        <v>2145</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>2138</v>
+        <v>2146</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>2139</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="B558" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="C558" t="s">
-        <v>2142</v>
+        <v>2148</v>
       </c>
       <c r="D558" t="s">
-        <v>2143</v>
+        <v>2149</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>2144</v>
+        <v>2150</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>2145</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="B559" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="C559" t="s">
-        <v>876</v>
+        <v>2152</v>
       </c>
       <c r="D559" t="s">
-        <v>877</v>
+        <v>2153</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>878</v>
+        <v>2154</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>2146</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="B560" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="C560" t="s">
-        <v>2147</v>
+        <v>2156</v>
       </c>
       <c r="D560" t="s">
-        <v>2148</v>
+        <v>2157</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>2149</v>
+        <v>2158</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>2150</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B561" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C561" t="s">
-        <v>2153</v>
+        <v>2160</v>
       </c>
       <c r="D561" t="s">
-        <v>2154</v>
+        <v>2161</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>2155</v>
+        <v>2162</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>2156</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B562" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C562" t="s">
-        <v>518</v>
+        <v>2164</v>
       </c>
       <c r="D562" t="s">
-        <v>519</v>
+        <v>2165</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>2157</v>
+        <v>2166</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>2158</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B563" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C563" t="s">
-        <v>2159</v>
+        <v>2168</v>
       </c>
       <c r="D563" t="s">
-        <v>2160</v>
+        <v>2169</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>2161</v>
+        <v>2170</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>2162</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B564" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C564" t="s">
-        <v>2163</v>
+        <v>2172</v>
       </c>
       <c r="D564" t="s">
-        <v>2164</v>
+        <v>2173</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>2165</v>
+        <v>2174</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>2166</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B565" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C565" t="s">
-        <v>2167</v>
+        <v>2176</v>
       </c>
       <c r="D565" t="s">
-        <v>2168</v>
+        <v>2177</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>2169</v>
+        <v>2178</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>2170</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B566" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C566" t="s">
-        <v>2171</v>
+        <v>2180</v>
       </c>
       <c r="D566" t="s">
-        <v>2172</v>
+        <v>2181</v>
       </c>
       <c r="E566" s="2" t="s">
-        <v>2173</v>
+        <v>2182</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>2174</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B567" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C567" t="s">
-        <v>2175</v>
+        <v>2184</v>
       </c>
       <c r="D567" t="s">
-        <v>2176</v>
+        <v>2185</v>
       </c>
       <c r="E567" s="2" t="s">
-        <v>2177</v>
+        <v>2186</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>2178</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B568" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C568" t="s">
-        <v>2179</v>
+        <v>2188</v>
       </c>
       <c r="D568" t="s">
-        <v>2180</v>
+        <v>2189</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>2181</v>
+        <v>2190</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>2182</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B569" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C569" t="s">
-        <v>2183</v>
+        <v>554</v>
       </c>
       <c r="D569" t="s">
-        <v>2184</v>
+        <v>555</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>2185</v>
+        <v>2192</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>2186</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B570" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C570" t="s">
-        <v>2187</v>
+        <v>2194</v>
       </c>
       <c r="D570" t="s">
-        <v>2188</v>
+        <v>2195</v>
       </c>
       <c r="E570" s="2" t="s">
-        <v>2189</v>
+        <v>2196</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>2190</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B571" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C571" t="s">
-        <v>2191</v>
+        <v>2198</v>
       </c>
       <c r="D571" t="s">
-        <v>2192</v>
+        <v>2199</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>2193</v>
+        <v>2200</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>2194</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B572" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C572" t="s">
-        <v>2195</v>
+        <v>2202</v>
       </c>
       <c r="D572" t="s">
-        <v>2196</v>
+        <v>2203</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>2197</v>
+        <v>2204</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>2198</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B573" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C573" t="s">
-        <v>2147</v>
+        <v>2206</v>
       </c>
       <c r="D573" t="s">
-        <v>2148</v>
+        <v>2207</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>2199</v>
+        <v>2208</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>2200</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B574" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C574" t="s">
-        <v>892</v>
+        <v>2210</v>
       </c>
       <c r="D574" t="s">
-        <v>893</v>
+        <v>2211</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>2201</v>
+        <v>2212</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>2202</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>2151</v>
+        <v>2142</v>
       </c>
       <c r="B575" t="s">
-        <v>2152</v>
+        <v>2143</v>
       </c>
       <c r="C575" t="s">
-        <v>2203</v>
+        <v>2214</v>
       </c>
       <c r="D575" t="s">
-        <v>2204</v>
+        <v>2215</v>
       </c>
       <c r="E575" s="2" t="s">
-        <v>2205</v>
+        <v>2216</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>2206</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>2151</v>
+        <v>2218</v>
       </c>
       <c r="B576" t="s">
-        <v>2152</v>
+        <v>2219</v>
       </c>
       <c r="C576" t="s">
-        <v>2207</v>
+        <v>2220</v>
       </c>
       <c r="D576" t="s">
-        <v>2208</v>
+        <v>2221</v>
       </c>
       <c r="E576" s="2" t="s">
-        <v>2209</v>
+        <v>2222</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>2210</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>2151</v>
+        <v>2218</v>
       </c>
       <c r="B577" t="s">
-        <v>2152</v>
+        <v>2219</v>
       </c>
       <c r="C577" t="s">
-        <v>2211</v>
+        <v>2224</v>
       </c>
       <c r="D577" t="s">
-        <v>2212</v>
+        <v>2225</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>2213</v>
+        <v>2226</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>2214</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>2151</v>
+        <v>2218</v>
       </c>
       <c r="B578" t="s">
-        <v>2152</v>
+        <v>2219</v>
       </c>
       <c r="C578" t="s">
-        <v>2215</v>
+        <v>880</v>
       </c>
       <c r="D578" t="s">
-        <v>2216</v>
+        <v>881</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>2217</v>
+        <v>882</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>2218</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>2151</v>
+        <v>2218</v>
       </c>
       <c r="B579" t="s">
-        <v>2152</v>
+        <v>2219</v>
       </c>
       <c r="C579" t="s">
-        <v>2219</v>
+        <v>2229</v>
       </c>
       <c r="D579" t="s">
-        <v>2220</v>
+        <v>2230</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>2221</v>
+        <v>2231</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>2222</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>2223</v>
+        <v>2233</v>
       </c>
       <c r="B580" t="s">
-        <v>2224</v>
+        <v>2234</v>
       </c>
       <c r="C580" t="s">
-        <v>2225</v>
+        <v>2235</v>
       </c>
       <c r="D580" t="s">
-        <v>2226</v>
+        <v>2236</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>2227</v>
+        <v>2237</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>2228</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>2223</v>
+        <v>2233</v>
       </c>
       <c r="B581" t="s">
-        <v>2224</v>
+        <v>2234</v>
       </c>
       <c r="C581" t="s">
-        <v>2229</v>
+        <v>2239</v>
       </c>
       <c r="D581" t="s">
-        <v>2230</v>
+        <v>2240</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>2231</v>
+        <v>2241</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>2232</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>2223</v>
+        <v>2233</v>
       </c>
       <c r="B582" t="s">
-        <v>2224</v>
+        <v>2234</v>
       </c>
       <c r="C582" t="s">
-        <v>2233</v>
+        <v>2243</v>
       </c>
       <c r="D582" t="s">
-        <v>2234</v>
+        <v>2244</v>
       </c>
       <c r="E582" s="2" t="s">
-        <v>2235</v>
+        <v>2245</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>2236</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>2223</v>
+        <v>2233</v>
       </c>
       <c r="B583" t="s">
-        <v>2224</v>
+        <v>2234</v>
       </c>
       <c r="C583" t="s">
-        <v>2237</v>
+        <v>2247</v>
       </c>
       <c r="D583" t="s">
-        <v>2238</v>
+        <v>2248</v>
       </c>
       <c r="E583" s="2" t="s">
-        <v>2239</v>
+        <v>2249</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>2240</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>2223</v>
+        <v>2233</v>
       </c>
       <c r="B584" t="s">
-        <v>2224</v>
+        <v>2234</v>
       </c>
       <c r="C584" t="s">
-        <v>2241</v>
+        <v>2251</v>
       </c>
       <c r="D584" t="s">
-        <v>2242</v>
+        <v>2252</v>
       </c>
       <c r="E584" s="2" t="s">
-        <v>2243</v>
+        <v>2253</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>2244</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>2223</v>
+        <v>2233</v>
       </c>
       <c r="B585" t="s">
-        <v>2224</v>
+        <v>2234</v>
       </c>
       <c r="C585" t="s">
-        <v>2245</v>
+        <v>2255</v>
       </c>
       <c r="D585" t="s">
-        <v>2246</v>
+        <v>2256</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>2247</v>
+        <v>2257</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>2248</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>2249</v>
+        <v>2233</v>
       </c>
       <c r="B586" t="s">
-        <v>2250</v>
+        <v>2234</v>
       </c>
       <c r="C586" t="s">
-        <v>2251</v>
+        <v>2259</v>
       </c>
       <c r="D586" t="s">
-        <v>2252</v>
+        <v>2260</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>2253</v>
+        <v>2261</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>2254</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>2249</v>
+        <v>2233</v>
       </c>
       <c r="B587" t="s">
-        <v>2250</v>
+        <v>2234</v>
       </c>
       <c r="C587" t="s">
-        <v>2255</v>
+        <v>2263</v>
       </c>
       <c r="D587" t="s">
-        <v>1419</v>
+        <v>2264</v>
       </c>
       <c r="E587" s="2" t="s">
-        <v>2256</v>
+        <v>2265</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>2257</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>2249</v>
+        <v>2233</v>
       </c>
       <c r="B588" t="s">
-        <v>2250</v>
+        <v>2234</v>
       </c>
       <c r="C588" t="s">
-        <v>2258</v>
+        <v>2267</v>
       </c>
       <c r="D588" t="s">
-        <v>2259</v>
+        <v>2268</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>2260</v>
+        <v>2269</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>2261</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>2249</v>
+        <v>2233</v>
       </c>
       <c r="B589" t="s">
-        <v>2250</v>
+        <v>2234</v>
       </c>
       <c r="C589" t="s">
-        <v>2262</v>
+        <v>2271</v>
       </c>
       <c r="D589" t="s">
-        <v>2263</v>
+        <v>2272</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>2264</v>
+        <v>2273</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>2265</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>2249</v>
+        <v>2233</v>
       </c>
       <c r="B590" t="s">
-        <v>2250</v>
+        <v>2234</v>
       </c>
       <c r="C590" t="s">
-        <v>2266</v>
+        <v>2275</v>
       </c>
       <c r="D590" t="s">
-        <v>2267</v>
+        <v>2276</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>2268</v>
+        <v>2277</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>2269</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>2249</v>
+        <v>2233</v>
       </c>
       <c r="B591" t="s">
-        <v>2250</v>
+        <v>2234</v>
       </c>
       <c r="C591" t="s">
-        <v>2270</v>
+        <v>896</v>
       </c>
       <c r="D591" t="s">
-        <v>1479</v>
+        <v>897</v>
       </c>
       <c r="E591" s="2" t="s">
-        <v>2271</v>
+        <v>2279</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>2272</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>2249</v>
+        <v>2233</v>
       </c>
       <c r="B592" t="s">
-        <v>2250</v>
+        <v>2234</v>
       </c>
       <c r="C592" t="s">
-        <v>2273</v>
+        <v>2281</v>
       </c>
       <c r="D592" t="s">
-        <v>2274</v>
+        <v>2282</v>
       </c>
       <c r="E592" s="2" t="s">
-        <v>2275</v>
+        <v>2283</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>2276</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>2249</v>
+        <v>2233</v>
       </c>
       <c r="B593" t="s">
-        <v>2250</v>
+        <v>2234</v>
       </c>
       <c r="C593" t="s">
-        <v>2277</v>
+        <v>2285</v>
       </c>
       <c r="D593" t="s">
-        <v>2278</v>
+        <v>2286</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>2279</v>
+        <v>2287</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>2280</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>2249</v>
+        <v>2233</v>
       </c>
       <c r="B594" t="s">
-        <v>2250</v>
+        <v>2234</v>
       </c>
       <c r="C594" t="s">
-        <v>2281</v>
+        <v>2289</v>
       </c>
       <c r="D594" t="s">
-        <v>2282</v>
+        <v>2290</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>2283</v>
+        <v>2291</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>2284</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>2249</v>
+        <v>2233</v>
       </c>
       <c r="B595" t="s">
-        <v>2250</v>
+        <v>2234</v>
       </c>
       <c r="C595" t="s">
-        <v>2285</v>
+        <v>2293</v>
       </c>
       <c r="D595" t="s">
-        <v>2286</v>
+        <v>2294</v>
       </c>
       <c r="E595" s="2" t="s">
-        <v>2287</v>
+        <v>2295</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>2288</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>2249</v>
+        <v>2233</v>
       </c>
       <c r="B596" t="s">
-        <v>2250</v>
+        <v>2234</v>
       </c>
       <c r="C596" t="s">
-        <v>2289</v>
+        <v>2297</v>
       </c>
       <c r="D596" t="s">
-        <v>2290</v>
+        <v>2298</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>2291</v>
+        <v>2299</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>2292</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>2249</v>
+        <v>2301</v>
       </c>
       <c r="B597" t="s">
-        <v>2250</v>
+        <v>2302</v>
       </c>
       <c r="C597" t="s">
-        <v>2293</v>
+        <v>2303</v>
       </c>
       <c r="D597" t="s">
-        <v>485</v>
+        <v>2304</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>2294</v>
+        <v>2305</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>2295</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>2249</v>
+        <v>2301</v>
       </c>
       <c r="B598" t="s">
-        <v>2250</v>
+        <v>2302</v>
       </c>
       <c r="C598" t="s">
-        <v>2296</v>
+        <v>2307</v>
       </c>
       <c r="D598" t="s">
-        <v>1475</v>
+        <v>2308</v>
       </c>
       <c r="E598" s="2" t="s">
-        <v>2297</v>
+        <v>2309</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>2298</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>2249</v>
+        <v>2301</v>
       </c>
       <c r="B599" t="s">
-        <v>2250</v>
+        <v>2302</v>
       </c>
       <c r="C599" t="s">
-        <v>2299</v>
+        <v>2311</v>
       </c>
       <c r="D599" t="s">
-        <v>2300</v>
+        <v>2312</v>
       </c>
       <c r="E599" s="2" t="s">
-        <v>2301</v>
+        <v>2313</v>
       </c>
       <c r="F599" s="2" t="s">
-        <v>2302</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>2249</v>
+        <v>2301</v>
       </c>
       <c r="B600" t="s">
-        <v>2250</v>
+        <v>2302</v>
       </c>
       <c r="C600" t="s">
-        <v>2303</v>
+        <v>2315</v>
       </c>
       <c r="D600" t="s">
-        <v>2304</v>
+        <v>2316</v>
       </c>
       <c r="E600" s="2" t="s">
-        <v>2305</v>
+        <v>2317</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>2306</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>2249</v>
+        <v>2301</v>
       </c>
       <c r="B601" t="s">
-        <v>2250</v>
+        <v>2302</v>
       </c>
       <c r="C601" t="s">
-        <v>2307</v>
+        <v>2319</v>
       </c>
       <c r="D601" t="s">
-        <v>2308</v>
+        <v>2320</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>2309</v>
+        <v>2321</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>2310</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>2249</v>
+        <v>2301</v>
       </c>
       <c r="B602" t="s">
-        <v>2250</v>
+        <v>2302</v>
       </c>
       <c r="C602" t="s">
-        <v>2311</v>
+        <v>2323</v>
       </c>
       <c r="D602" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="E602" s="2" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>2314</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>2249</v>
+        <v>2327</v>
       </c>
       <c r="B603" t="s">
-        <v>2250</v>
+        <v>2328</v>
       </c>
       <c r="C603" t="s">
-        <v>2315</v>
+        <v>2329</v>
       </c>
       <c r="D603" t="s">
-        <v>2316</v>
+        <v>2330</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>2317</v>
+        <v>2331</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>2318</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>2249</v>
+        <v>2327</v>
       </c>
       <c r="B604" t="s">
-        <v>2250</v>
+        <v>2328</v>
       </c>
       <c r="C604" t="s">
-        <v>2319</v>
+        <v>2333</v>
       </c>
       <c r="D604" t="s">
-        <v>2320</v>
+        <v>1451</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>2321</v>
+        <v>2334</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>2322</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>2249</v>
+        <v>2327</v>
       </c>
       <c r="B605" t="s">
-        <v>2250</v>
+        <v>2328</v>
       </c>
       <c r="C605" t="s">
-        <v>2323</v>
+        <v>2336</v>
       </c>
       <c r="D605" t="s">
-        <v>1553</v>
+        <v>2337</v>
       </c>
       <c r="E605" s="2" t="s">
-        <v>2324</v>
+        <v>2338</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>2325</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>2249</v>
+        <v>2327</v>
       </c>
       <c r="B606" t="s">
-        <v>2250</v>
+        <v>2328</v>
       </c>
       <c r="C606" t="s">
-        <v>2326</v>
+        <v>2340</v>
       </c>
       <c r="D606" t="s">
-        <v>2327</v>
+        <v>2341</v>
       </c>
       <c r="E606" s="2" t="s">
-        <v>2328</v>
+        <v>2342</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>2329</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B607" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C607" t="s">
-        <v>2332</v>
+        <v>2344</v>
       </c>
       <c r="D607" t="s">
-        <v>2333</v>
+        <v>2345</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>2334</v>
+        <v>2346</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>2335</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B608" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C608" t="s">
-        <v>2336</v>
+        <v>2348</v>
       </c>
       <c r="D608" t="s">
-        <v>2337</v>
+        <v>1519</v>
       </c>
       <c r="E608" s="2" t="s">
-        <v>2338</v>
+        <v>2349</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>2339</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B609" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C609" t="s">
-        <v>2340</v>
+        <v>2351</v>
       </c>
       <c r="D609" t="s">
-        <v>2341</v>
+        <v>2352</v>
       </c>
       <c r="E609" s="2" t="s">
-        <v>2342</v>
+        <v>2353</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>2343</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B610" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C610" t="s">
-        <v>2344</v>
+        <v>2355</v>
       </c>
       <c r="D610" t="s">
-        <v>2345</v>
+        <v>2356</v>
       </c>
       <c r="E610" s="2" t="s">
-        <v>2346</v>
+        <v>2357</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>2347</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B611" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C611" t="s">
-        <v>2348</v>
+        <v>2359</v>
       </c>
       <c r="D611" t="s">
-        <v>2349</v>
+        <v>2360</v>
       </c>
       <c r="E611" s="2" t="s">
-        <v>2350</v>
+        <v>2361</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>2351</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B612" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C612" t="s">
-        <v>2352</v>
+        <v>2363</v>
       </c>
       <c r="D612" t="s">
-        <v>2353</v>
+        <v>2364</v>
       </c>
       <c r="E612" s="2" t="s">
-        <v>2354</v>
+        <v>2365</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>2355</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B613" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C613" t="s">
-        <v>2356</v>
+        <v>2367</v>
       </c>
       <c r="D613" t="s">
-        <v>2357</v>
+        <v>2368</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>2358</v>
+        <v>2369</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>2359</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B614" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C614" t="s">
-        <v>2360</v>
+        <v>2371</v>
       </c>
       <c r="D614" t="s">
-        <v>2361</v>
+        <v>493</v>
       </c>
       <c r="E614" s="2" t="s">
-        <v>2362</v>
+        <v>2372</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>2363</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B615" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C615" t="s">
-        <v>2364</v>
+        <v>2374</v>
       </c>
       <c r="D615" t="s">
-        <v>2365</v>
+        <v>1515</v>
       </c>
       <c r="E615" s="2" t="s">
-        <v>2366</v>
+        <v>2375</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>2367</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B616" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C616" t="s">
-        <v>2368</v>
+        <v>2377</v>
       </c>
       <c r="D616" t="s">
-        <v>1285</v>
+        <v>2378</v>
       </c>
       <c r="E616" s="2" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>2370</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B617" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C617" t="s">
-        <v>1253</v>
+        <v>2381</v>
       </c>
       <c r="D617" t="s">
-        <v>1253</v>
+        <v>2382</v>
       </c>
       <c r="E617" s="2" t="s">
-        <v>2371</v>
+        <v>2383</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>2372</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B618" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C618" t="s">
-        <v>2373</v>
+        <v>2385</v>
       </c>
       <c r="D618" t="s">
-        <v>2374</v>
+        <v>2386</v>
       </c>
       <c r="E618" s="2" t="s">
-        <v>2375</v>
+        <v>2387</v>
       </c>
       <c r="F618" s="2" t="s">
-        <v>2376</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B619" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C619" t="s">
-        <v>2377</v>
+        <v>2389</v>
       </c>
       <c r="D619" t="s">
-        <v>2378</v>
+        <v>2390</v>
       </c>
       <c r="E619" s="2" t="s">
-        <v>2379</v>
+        <v>2391</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>2380</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B620" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C620" t="s">
-        <v>2381</v>
+        <v>2393</v>
       </c>
       <c r="D620" t="s">
-        <v>2382</v>
+        <v>2394</v>
       </c>
       <c r="E620" s="2" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B621" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C621" t="s">
-        <v>2385</v>
+        <v>2397</v>
       </c>
       <c r="D621" t="s">
-        <v>2386</v>
+        <v>2398</v>
       </c>
       <c r="E621" s="2" t="s">
-        <v>2387</v>
+        <v>2399</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>2388</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B622" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C622" t="s">
-        <v>2389</v>
+        <v>2401</v>
       </c>
       <c r="D622" t="s">
-        <v>917</v>
+        <v>1601</v>
       </c>
       <c r="E622" s="2" t="s">
-        <v>2390</v>
+        <v>2402</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>2391</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
       <c r="B623" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
       <c r="C623" t="s">
-        <v>2392</v>
+        <v>2404</v>
       </c>
       <c r="D623" t="s">
-        <v>2393</v>
+        <v>2405</v>
       </c>
       <c r="E623" s="2" t="s">
-        <v>2394</v>
+        <v>2406</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>2395</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>2330</v>
+        <v>2408</v>
       </c>
       <c r="B624" t="s">
-        <v>2331</v>
+        <v>2409</v>
       </c>
       <c r="C624" t="s">
-        <v>2396</v>
+        <v>2410</v>
       </c>
       <c r="D624" t="s">
-        <v>2397</v>
+        <v>2411</v>
       </c>
       <c r="E624" s="2" t="s">
-        <v>2398</v>
+        <v>2412</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>2399</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>2330</v>
+        <v>2408</v>
       </c>
       <c r="B625" t="s">
-        <v>2331</v>
+        <v>2409</v>
       </c>
       <c r="C625" t="s">
-        <v>2400</v>
+        <v>2414</v>
       </c>
       <c r="D625" t="s">
-        <v>2401</v>
+        <v>2415</v>
       </c>
       <c r="E625" s="2" t="s">
-        <v>2402</v>
+        <v>2416</v>
       </c>
       <c r="F625" s="2" t="s">
-        <v>2403</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>2330</v>
+        <v>2408</v>
       </c>
       <c r="B626" t="s">
-        <v>2331</v>
+        <v>2409</v>
       </c>
       <c r="C626" t="s">
-        <v>2404</v>
+        <v>2418</v>
       </c>
       <c r="D626" t="s">
-        <v>2405</v>
+        <v>2419</v>
       </c>
       <c r="E626" s="2" t="s">
-        <v>2406</v>
+        <v>2420</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>2407</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>2330</v>
+        <v>2408</v>
       </c>
       <c r="B627" t="s">
-        <v>2331</v>
+        <v>2409</v>
       </c>
       <c r="C627" t="s">
-        <v>62</v>
+        <v>2422</v>
       </c>
       <c r="D627" t="s">
-        <v>63</v>
+        <v>2423</v>
       </c>
       <c r="E627" s="2" t="s">
-        <v>2408</v>
+        <v>2424</v>
       </c>
       <c r="F627" s="2" t="s">
-        <v>2409</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>2330</v>
+        <v>2408</v>
       </c>
       <c r="B628" t="s">
-        <v>2331</v>
+        <v>2409</v>
       </c>
       <c r="C628" t="s">
-        <v>2410</v>
+        <v>2426</v>
       </c>
       <c r="D628" t="s">
-        <v>2411</v>
+        <v>2427</v>
       </c>
       <c r="E628" s="2" t="s">
-        <v>2412</v>
+        <v>2428</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>2413</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>2330</v>
+        <v>2408</v>
       </c>
       <c r="B629" t="s">
-        <v>2331</v>
+        <v>2409</v>
       </c>
       <c r="C629" t="s">
-        <v>2414</v>
+        <v>2430</v>
       </c>
       <c r="D629" t="s">
-        <v>2415</v>
+        <v>2431</v>
       </c>
       <c r="E629" s="2" t="s">
-        <v>2416</v>
+        <v>2432</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>2417</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>2330</v>
+        <v>2408</v>
       </c>
       <c r="B630" t="s">
-        <v>2331</v>
+        <v>2409</v>
       </c>
       <c r="C630" t="s">
-        <v>2418</v>
+        <v>2434</v>
       </c>
       <c r="D630" t="s">
-        <v>2419</v>
+        <v>2435</v>
       </c>
       <c r="E630" s="2" t="s">
-        <v>2420</v>
+        <v>2436</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>2421</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>2330</v>
+        <v>2408</v>
       </c>
       <c r="B631" t="s">
-        <v>2331</v>
+        <v>2409</v>
       </c>
       <c r="C631" t="s">
-        <v>2422</v>
+        <v>2438</v>
       </c>
       <c r="D631" t="s">
-        <v>2423</v>
+        <v>2439</v>
       </c>
       <c r="E631" s="2" t="s">
-        <v>2424</v>
+        <v>2440</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>2425</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>2330</v>
+        <v>2408</v>
       </c>
       <c r="B632" t="s">
-        <v>2331</v>
+        <v>2409</v>
       </c>
       <c r="C632" t="s">
-        <v>2426</v>
+        <v>2442</v>
       </c>
       <c r="D632" t="s">
-        <v>2427</v>
+        <v>2443</v>
       </c>
       <c r="E632" s="2" t="s">
-        <v>2428</v>
+        <v>2444</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>2429</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>2330</v>
+        <v>2408</v>
       </c>
       <c r="B633" t="s">
-        <v>2331</v>
+        <v>2409</v>
       </c>
       <c r="C633" t="s">
-        <v>2430</v>
+        <v>2446</v>
       </c>
       <c r="D633" t="s">
-        <v>2431</v>
+        <v>1313</v>
       </c>
       <c r="E633" s="2" t="s">
-        <v>2432</v>
+        <v>2447</v>
       </c>
       <c r="F633" s="2" t="s">
-        <v>2433</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>2434</v>
+        <v>2408</v>
       </c>
       <c r="B634" t="s">
-        <v>2435</v>
+        <v>2409</v>
       </c>
       <c r="C634" t="s">
-        <v>2436</v>
+        <v>1281</v>
       </c>
       <c r="D634" t="s">
-        <v>2437</v>
+        <v>1281</v>
       </c>
       <c r="E634" s="2" t="s">
-        <v>2438</v>
+        <v>2449</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>2439</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>2434</v>
+        <v>2408</v>
       </c>
       <c r="B635" t="s">
-        <v>2435</v>
+        <v>2409</v>
       </c>
       <c r="C635" t="s">
-        <v>1308</v>
+        <v>2451</v>
       </c>
       <c r="D635" t="s">
-        <v>1309</v>
+        <v>2452</v>
       </c>
       <c r="E635" s="2" t="s">
-        <v>2440</v>
+        <v>2453</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>2441</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>2434</v>
+        <v>2408</v>
       </c>
       <c r="B636" t="s">
-        <v>2435</v>
+        <v>2409</v>
       </c>
       <c r="C636" t="s">
-        <v>2442</v>
+        <v>2455</v>
       </c>
       <c r="D636" t="s">
-        <v>2443</v>
+        <v>2456</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>2444</v>
+        <v>2457</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>2445</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B637" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C637" t="s">
-        <v>2448</v>
+        <v>2459</v>
       </c>
       <c r="D637" t="s">
-        <v>2449</v>
+        <v>2460</v>
       </c>
       <c r="E637" s="2" t="s">
-        <v>2450</v>
+        <v>2461</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>2451</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B638" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C638" t="s">
-        <v>2452</v>
+        <v>2463</v>
       </c>
       <c r="D638" t="s">
-        <v>2453</v>
+        <v>2464</v>
       </c>
       <c r="E638" s="2" t="s">
-        <v>2454</v>
+        <v>2465</v>
       </c>
       <c r="F638" s="2" t="s">
-        <v>2455</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B639" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C639" t="s">
-        <v>2456</v>
+        <v>2467</v>
       </c>
       <c r="D639" t="s">
-        <v>2457</v>
+        <v>921</v>
       </c>
       <c r="E639" s="2" t="s">
-        <v>2458</v>
+        <v>2468</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>2459</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B640" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C640" t="s">
-        <v>2460</v>
+        <v>2470</v>
       </c>
       <c r="D640" t="s">
-        <v>2461</v>
+        <v>2471</v>
       </c>
       <c r="E640" s="2" t="s">
-        <v>2462</v>
+        <v>2472</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>2463</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B641" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C641" t="s">
-        <v>2464</v>
+        <v>2474</v>
       </c>
       <c r="D641" t="s">
-        <v>2465</v>
+        <v>2475</v>
       </c>
       <c r="E641" s="2" t="s">
-        <v>2466</v>
+        <v>2476</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>2467</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B642" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C642" t="s">
-        <v>2468</v>
+        <v>2478</v>
       </c>
       <c r="D642" t="s">
-        <v>2469</v>
+        <v>2479</v>
       </c>
       <c r="E642" s="2" t="s">
-        <v>2470</v>
+        <v>2480</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>2471</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B643" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C643" t="s">
-        <v>2472</v>
+        <v>2482</v>
       </c>
       <c r="D643" t="s">
-        <v>2473</v>
+        <v>2483</v>
       </c>
       <c r="E643" s="2" t="s">
-        <v>2474</v>
+        <v>2484</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>2475</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B644" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C644" t="s">
-        <v>2476</v>
+        <v>62</v>
       </c>
       <c r="D644" t="s">
-        <v>2477</v>
+        <v>63</v>
       </c>
       <c r="E644" s="2" t="s">
-        <v>2478</v>
+        <v>2486</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>2479</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B645" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C645" t="s">
-        <v>2480</v>
+        <v>2488</v>
       </c>
       <c r="D645" t="s">
-        <v>2481</v>
+        <v>2489</v>
       </c>
       <c r="E645" s="2" t="s">
-        <v>2482</v>
+        <v>2490</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>2483</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B646" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C646" t="s">
-        <v>370</v>
+        <v>2492</v>
       </c>
       <c r="D646" t="s">
-        <v>371</v>
+        <v>2493</v>
       </c>
       <c r="E646" s="2" t="s">
-        <v>2484</v>
+        <v>2494</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>2485</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B647" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C647" t="s">
-        <v>2486</v>
+        <v>2496</v>
       </c>
       <c r="D647" t="s">
-        <v>2487</v>
+        <v>2497</v>
       </c>
       <c r="E647" s="2" t="s">
-        <v>2488</v>
+        <v>2498</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>2489</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B648" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C648" t="s">
-        <v>2490</v>
+        <v>2500</v>
       </c>
       <c r="D648" t="s">
-        <v>2491</v>
+        <v>2501</v>
       </c>
       <c r="E648" s="2" t="s">
-        <v>2492</v>
+        <v>2502</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>2493</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B649" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C649" t="s">
-        <v>2494</v>
+        <v>2504</v>
       </c>
       <c r="D649" t="s">
-        <v>2495</v>
+        <v>2505</v>
       </c>
       <c r="E649" s="2" t="s">
-        <v>2496</v>
+        <v>2506</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>2497</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>2446</v>
+        <v>2408</v>
       </c>
       <c r="B650" t="s">
-        <v>2447</v>
+        <v>2409</v>
       </c>
       <c r="C650" t="s">
-        <v>2498</v>
+        <v>2508</v>
       </c>
       <c r="D650" t="s">
-        <v>2499</v>
+        <v>2509</v>
       </c>
       <c r="E650" s="2" t="s">
-        <v>2500</v>
+        <v>2510</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>2501</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>2446</v>
+        <v>2512</v>
       </c>
       <c r="B651" t="s">
-        <v>2447</v>
+        <v>2513</v>
       </c>
       <c r="C651" t="s">
-        <v>2502</v>
+        <v>2514</v>
       </c>
       <c r="D651" t="s">
-        <v>2503</v>
+        <v>2515</v>
       </c>
       <c r="E651" s="2" t="s">
-        <v>2504</v>
+        <v>2516</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>2505</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>2446</v>
+        <v>2512</v>
       </c>
       <c r="B652" t="s">
-        <v>2447</v>
+        <v>2513</v>
       </c>
       <c r="C652" t="s">
-        <v>2506</v>
+        <v>1336</v>
       </c>
       <c r="D652" t="s">
-        <v>2507</v>
+        <v>1337</v>
       </c>
       <c r="E652" s="2" t="s">
-        <v>2508</v>
+        <v>2518</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>2509</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>2446</v>
+        <v>2512</v>
       </c>
       <c r="B653" t="s">
-        <v>2447</v>
+        <v>2513</v>
       </c>
       <c r="C653" t="s">
-        <v>2510</v>
+        <v>2520</v>
       </c>
       <c r="D653" t="s">
-        <v>2511</v>
+        <v>2521</v>
       </c>
       <c r="E653" s="2" t="s">
-        <v>2512</v>
+        <v>2522</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>2513</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B654" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C654" t="s">
-        <v>2514</v>
+        <v>2526</v>
       </c>
       <c r="D654" t="s">
-        <v>2515</v>
+        <v>2527</v>
       </c>
       <c r="E654" s="2" t="s">
-        <v>2516</v>
+        <v>2528</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>2517</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B655" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C655" t="s">
-        <v>2518</v>
+        <v>2530</v>
       </c>
       <c r="D655" t="s">
-        <v>2519</v>
+        <v>2531</v>
       </c>
       <c r="E655" s="2" t="s">
-        <v>2520</v>
+        <v>2532</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>2521</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B656" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C656" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="D656" t="s">
-        <v>2523</v>
+        <v>2535</v>
       </c>
       <c r="E656" s="2" t="s">
-        <v>2524</v>
+        <v>2536</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>2525</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B657" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C657" t="s">
-        <v>2526</v>
+        <v>2538</v>
       </c>
       <c r="D657" t="s">
-        <v>2527</v>
+        <v>2539</v>
       </c>
       <c r="E657" s="2" t="s">
-        <v>2528</v>
+        <v>2540</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>2529</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B658" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C658" t="s">
-        <v>2530</v>
+        <v>2542</v>
       </c>
       <c r="D658" t="s">
-        <v>2531</v>
+        <v>2543</v>
       </c>
       <c r="E658" s="2" t="s">
-        <v>2532</v>
+        <v>2544</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>2533</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B659" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C659" t="s">
-        <v>2534</v>
+        <v>2546</v>
       </c>
       <c r="D659" t="s">
-        <v>2535</v>
+        <v>2547</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>2536</v>
+        <v>2548</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>2537</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B660" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C660" t="s">
-        <v>2538</v>
+        <v>2550</v>
       </c>
       <c r="D660" t="s">
-        <v>2353</v>
+        <v>2551</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>2539</v>
+        <v>2552</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>2540</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B661" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C661" t="s">
-        <v>2541</v>
+        <v>2554</v>
       </c>
       <c r="D661" t="s">
-        <v>2541</v>
+        <v>2555</v>
       </c>
       <c r="E661" s="2" t="s">
-        <v>2542</v>
+        <v>2556</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>2543</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B662" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C662" t="s">
-        <v>2544</v>
+        <v>2558</v>
       </c>
       <c r="D662" t="s">
-        <v>2545</v>
+        <v>2559</v>
       </c>
       <c r="E662" s="2" t="s">
-        <v>2546</v>
+        <v>2560</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>2547</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B663" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C663" t="s">
-        <v>2548</v>
+        <v>378</v>
       </c>
       <c r="D663" t="s">
-        <v>2549</v>
+        <v>379</v>
       </c>
       <c r="E663" s="2" t="s">
-        <v>2550</v>
+        <v>2562</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>2551</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B664" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C664" t="s">
-        <v>2552</v>
+        <v>2564</v>
       </c>
       <c r="D664" t="s">
-        <v>2553</v>
+        <v>2565</v>
       </c>
       <c r="E664" s="2" t="s">
-        <v>2554</v>
+        <v>2566</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>2555</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B665" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C665" t="s">
-        <v>2556</v>
+        <v>2568</v>
       </c>
       <c r="D665" t="s">
-        <v>2557</v>
+        <v>2569</v>
       </c>
       <c r="E665" s="2" t="s">
-        <v>2558</v>
+        <v>2570</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>2559</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B666" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C666" t="s">
-        <v>2560</v>
+        <v>2572</v>
       </c>
       <c r="D666" t="s">
-        <v>2561</v>
+        <v>2573</v>
       </c>
       <c r="E666" s="2" t="s">
-        <v>2562</v>
+        <v>2574</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>2563</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B667" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C667" t="s">
-        <v>2564</v>
+        <v>2576</v>
       </c>
       <c r="D667" t="s">
-        <v>2565</v>
+        <v>2577</v>
       </c>
       <c r="E667" s="2" t="s">
-        <v>2566</v>
+        <v>2578</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>2567</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B668" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C668" t="s">
-        <v>2568</v>
+        <v>2580</v>
       </c>
       <c r="D668" t="s">
-        <v>2569</v>
+        <v>2581</v>
       </c>
       <c r="E668" s="2" t="s">
-        <v>2570</v>
+        <v>2582</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>2571</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B669" t="s">
-        <v>2447</v>
+        <v>2525</v>
       </c>
       <c r="C669" t="s">
-        <v>2572</v>
+        <v>2584</v>
       </c>
       <c r="D669" t="s">
-        <v>2573</v>
+        <v>2585</v>
       </c>
       <c r="E669" s="2" t="s">
-        <v>2574</v>
+        <v>2586</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>2575</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
-        <v>2576</v>
+        <v>2524</v>
       </c>
       <c r="B670" t="s">
-        <v>2577</v>
+        <v>2525</v>
       </c>
       <c r="C670" t="s">
-        <v>2578</v>
+        <v>2588</v>
       </c>
       <c r="D670" t="s">
-        <v>2579</v>
+        <v>2589</v>
       </c>
       <c r="E670" s="2" t="s">
-        <v>2580</v>
+        <v>2590</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>2581</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
-        <v>2576</v>
+        <v>2524</v>
       </c>
       <c r="B671" t="s">
-        <v>2577</v>
+        <v>2525</v>
       </c>
       <c r="C671" t="s">
-        <v>2582</v>
+        <v>2592</v>
       </c>
       <c r="D671" t="s">
-        <v>2583</v>
+        <v>2593</v>
       </c>
       <c r="E671" s="2" t="s">
-        <v>2584</v>
+        <v>2594</v>
       </c>
       <c r="F671" s="2" t="s">
-        <v>2585</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>2576</v>
+        <v>2524</v>
       </c>
       <c r="B672" t="s">
-        <v>2577</v>
+        <v>2525</v>
       </c>
       <c r="C672" t="s">
-        <v>2586</v>
+        <v>2596</v>
       </c>
       <c r="D672" t="s">
-        <v>2587</v>
+        <v>2597</v>
       </c>
       <c r="E672" s="2" t="s">
-        <v>2588</v>
+        <v>2598</v>
       </c>
       <c r="F672" s="2" t="s">
-        <v>2589</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>2576</v>
+        <v>2524</v>
       </c>
       <c r="B673" t="s">
-        <v>2577</v>
+        <v>2525</v>
       </c>
       <c r="C673" t="s">
-        <v>2590</v>
+        <v>2600</v>
       </c>
       <c r="D673" t="s">
-        <v>2591</v>
+        <v>2601</v>
       </c>
       <c r="E673" s="2" t="s">
-        <v>2592</v>
+        <v>2602</v>
       </c>
       <c r="F673" s="2" t="s">
-        <v>2593</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>2576</v>
+        <v>2524</v>
       </c>
       <c r="B674" t="s">
-        <v>2577</v>
+        <v>2525</v>
       </c>
       <c r="C674" t="s">
-        <v>2594</v>
+        <v>2604</v>
       </c>
       <c r="D674" t="s">
-        <v>2595</v>
+        <v>2605</v>
       </c>
       <c r="E674" s="2" t="s">
-        <v>2596</v>
+        <v>2606</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>2597</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
-        <v>2576</v>
+        <v>2524</v>
       </c>
       <c r="B675" t="s">
-        <v>2577</v>
+        <v>2525</v>
       </c>
       <c r="C675" t="s">
-        <v>2598</v>
+        <v>2608</v>
       </c>
       <c r="D675" t="s">
-        <v>2599</v>
+        <v>2609</v>
       </c>
       <c r="E675" s="2" t="s">
-        <v>2600</v>
+        <v>2610</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>2601</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" t="s">
-        <v>2576</v>
+        <v>2524</v>
       </c>
       <c r="B676" t="s">
-        <v>2577</v>
+        <v>2525</v>
       </c>
       <c r="C676" t="s">
-        <v>2602</v>
+        <v>2612</v>
       </c>
       <c r="D676" t="s">
-        <v>2603</v>
+        <v>2613</v>
       </c>
       <c r="E676" s="2" t="s">
-        <v>2604</v>
+        <v>2614</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>2605</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" t="s">
-        <v>2576</v>
+        <v>2524</v>
       </c>
       <c r="B677" t="s">
-        <v>2577</v>
+        <v>2525</v>
       </c>
       <c r="C677" t="s">
-        <v>2606</v>
+        <v>2616</v>
       </c>
       <c r="D677" t="s">
-        <v>2607</v>
+        <v>2431</v>
       </c>
       <c r="E677" s="2" t="s">
-        <v>2608</v>
+        <v>2617</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>2609</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
-        <v>2576</v>
+        <v>2524</v>
       </c>
       <c r="B678" t="s">
-        <v>2577</v>
+        <v>2525</v>
       </c>
       <c r="C678" t="s">
-        <v>2610</v>
+        <v>2619</v>
       </c>
       <c r="D678" t="s">
-        <v>2611</v>
+        <v>2619</v>
       </c>
       <c r="E678" s="2" t="s">
-        <v>2612</v>
+        <v>2620</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>2613</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
-        <v>2576</v>
+        <v>2524</v>
       </c>
       <c r="B679" t="s">
-        <v>2577</v>
+        <v>2525</v>
       </c>
       <c r="C679" t="s">
-        <v>2614</v>
+        <v>2622</v>
       </c>
       <c r="D679" t="s">
-        <v>2615</v>
+        <v>2623</v>
       </c>
       <c r="E679" s="2" t="s">
-        <v>2616</v>
+        <v>2624</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>2617</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" t="s">
-        <v>2618</v>
+        <v>2524</v>
       </c>
       <c r="B680" t="s">
-        <v>2619</v>
+        <v>2525</v>
       </c>
       <c r="C680" t="s">
-        <v>2620</v>
+        <v>2626</v>
       </c>
       <c r="D680" t="s">
-        <v>2621</v>
+        <v>2627</v>
       </c>
       <c r="E680" s="2" t="s">
-        <v>2622</v>
+        <v>2628</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>2623</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" t="s">
-        <v>2618</v>
+        <v>2524</v>
       </c>
       <c r="B681" t="s">
-        <v>2619</v>
+        <v>2525</v>
       </c>
       <c r="C681" t="s">
-        <v>286</v>
+        <v>2630</v>
       </c>
       <c r="D681" t="s">
-        <v>287</v>
+        <v>2631</v>
       </c>
       <c r="E681" s="2" t="s">
-        <v>2624</v>
+        <v>2632</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>2625</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" t="s">
-        <v>2618</v>
+        <v>2524</v>
       </c>
       <c r="B682" t="s">
-        <v>2619</v>
+        <v>2525</v>
       </c>
       <c r="C682" t="s">
-        <v>2626</v>
+        <v>2634</v>
       </c>
       <c r="D682" t="s">
-        <v>519</v>
+        <v>2635</v>
       </c>
       <c r="E682" s="2" t="s">
-        <v>2627</v>
+        <v>2636</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>2628</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" t="s">
-        <v>2618</v>
+        <v>2524</v>
       </c>
       <c r="B683" t="s">
-        <v>2619</v>
+        <v>2525</v>
       </c>
       <c r="C683" t="s">
-        <v>2629</v>
+        <v>2638</v>
       </c>
       <c r="D683" t="s">
-        <v>2630</v>
+        <v>2639</v>
       </c>
       <c r="E683" s="2" t="s">
-        <v>2631</v>
+        <v>2640</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>2632</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" t="s">
-        <v>2618</v>
+        <v>2524</v>
       </c>
       <c r="B684" t="s">
-        <v>2619</v>
+        <v>2525</v>
       </c>
       <c r="C684" t="s">
-        <v>2633</v>
+        <v>2642</v>
       </c>
       <c r="D684" t="s">
-        <v>2634</v>
+        <v>2643</v>
       </c>
       <c r="E684" s="2" t="s">
-        <v>2635</v>
+        <v>2644</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>2636</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" t="s">
-        <v>2618</v>
+        <v>2524</v>
       </c>
       <c r="B685" t="s">
-        <v>2619</v>
+        <v>2525</v>
       </c>
       <c r="C685" t="s">
-        <v>2637</v>
+        <v>2646</v>
       </c>
       <c r="D685" t="s">
-        <v>2638</v>
+        <v>2647</v>
       </c>
       <c r="E685" s="2" t="s">
-        <v>2639</v>
+        <v>2648</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>2640</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" t="s">
-        <v>2618</v>
+        <v>2524</v>
       </c>
       <c r="B686" t="s">
-        <v>2619</v>
+        <v>2525</v>
       </c>
       <c r="C686" t="s">
-        <v>2641</v>
+        <v>2650</v>
       </c>
       <c r="D686" t="s">
-        <v>2642</v>
+        <v>2651</v>
       </c>
       <c r="E686" s="2" t="s">
-        <v>2643</v>
+        <v>2652</v>
       </c>
       <c r="F686" s="2" t="s">
-        <v>2644</v>
+        <v>2653</v>
+      </c>
+    </row>
+    <row r="687" spans="1:6">
+      <c r="A687" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B687" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C687" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D687" t="s">
+        <v>2657</v>
+      </c>
+      <c r="E687" s="2" t="s">
+        <v>2658</v>
+      </c>
+      <c r="F687" s="2" t="s">
+        <v>2659</v>
+      </c>
+    </row>
+    <row r="688" spans="1:6">
+      <c r="A688" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B688" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C688" t="s">
+        <v>2660</v>
+      </c>
+      <c r="D688" t="s">
+        <v>2661</v>
+      </c>
+      <c r="E688" s="2" t="s">
+        <v>2662</v>
+      </c>
+      <c r="F688" s="2" t="s">
+        <v>2663</v>
+      </c>
+    </row>
+    <row r="689" spans="1:6">
+      <c r="A689" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B689" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C689" t="s">
+        <v>2664</v>
+      </c>
+      <c r="D689" t="s">
+        <v>2665</v>
+      </c>
+      <c r="E689" s="2" t="s">
+        <v>2666</v>
+      </c>
+      <c r="F689" s="2" t="s">
+        <v>2667</v>
+      </c>
+    </row>
+    <row r="690" spans="1:6">
+      <c r="A690" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B690" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C690" t="s">
+        <v>2668</v>
+      </c>
+      <c r="D690" t="s">
+        <v>2669</v>
+      </c>
+      <c r="E690" s="2" t="s">
+        <v>2670</v>
+      </c>
+      <c r="F690" s="2" t="s">
+        <v>2671</v>
+      </c>
+    </row>
+    <row r="691" spans="1:6">
+      <c r="A691" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B691" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C691" t="s">
+        <v>2672</v>
+      </c>
+      <c r="D691" t="s">
+        <v>2673</v>
+      </c>
+      <c r="E691" s="2" t="s">
+        <v>2674</v>
+      </c>
+      <c r="F691" s="2" t="s">
+        <v>2675</v>
+      </c>
+    </row>
+    <row r="692" spans="1:6">
+      <c r="A692" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B692" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C692" t="s">
+        <v>2676</v>
+      </c>
+      <c r="D692" t="s">
+        <v>2677</v>
+      </c>
+      <c r="E692" s="2" t="s">
+        <v>2678</v>
+      </c>
+      <c r="F692" s="2" t="s">
+        <v>2679</v>
+      </c>
+    </row>
+    <row r="693" spans="1:6">
+      <c r="A693" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B693" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C693" t="s">
+        <v>2680</v>
+      </c>
+      <c r="D693" t="s">
+        <v>2681</v>
+      </c>
+      <c r="E693" s="2" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F693" s="2" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="694" spans="1:6">
+      <c r="A694" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B694" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C694" t="s">
+        <v>2684</v>
+      </c>
+      <c r="D694" t="s">
+        <v>2685</v>
+      </c>
+      <c r="E694" s="2" t="s">
+        <v>2686</v>
+      </c>
+      <c r="F694" s="2" t="s">
+        <v>2687</v>
+      </c>
+    </row>
+    <row r="695" spans="1:6">
+      <c r="A695" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B695" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C695" t="s">
+        <v>2688</v>
+      </c>
+      <c r="D695" t="s">
+        <v>2689</v>
+      </c>
+      <c r="E695" s="2" t="s">
+        <v>2690</v>
+      </c>
+      <c r="F695" s="2" t="s">
+        <v>2691</v>
+      </c>
+    </row>
+    <row r="696" spans="1:6">
+      <c r="A696" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B696" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C696" t="s">
+        <v>2692</v>
+      </c>
+      <c r="D696" t="s">
+        <v>2693</v>
+      </c>
+      <c r="E696" s="2" t="s">
+        <v>2694</v>
+      </c>
+      <c r="F696" s="2" t="s">
+        <v>2695</v>
+      </c>
+    </row>
+    <row r="697" spans="1:6">
+      <c r="A697" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B697" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C697" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D697" t="s">
+        <v>2699</v>
+      </c>
+      <c r="E697" s="2" t="s">
+        <v>2700</v>
+      </c>
+      <c r="F697" s="2" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="698" spans="1:6">
+      <c r="A698" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B698" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C698" t="s">
+        <v>294</v>
+      </c>
+      <c r="D698" t="s">
+        <v>295</v>
+      </c>
+      <c r="E698" s="2" t="s">
+        <v>2702</v>
+      </c>
+      <c r="F698" s="2" t="s">
+        <v>2703</v>
+      </c>
+    </row>
+    <row r="699" spans="1:6">
+      <c r="A699" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B699" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C699" t="s">
+        <v>2704</v>
+      </c>
+      <c r="D699" t="s">
+        <v>527</v>
+      </c>
+      <c r="E699" s="2" t="s">
+        <v>2705</v>
+      </c>
+      <c r="F699" s="2" t="s">
+        <v>2706</v>
+      </c>
+    </row>
+    <row r="700" spans="1:6">
+      <c r="A700" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B700" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C700" t="s">
+        <v>2707</v>
+      </c>
+      <c r="D700" t="s">
+        <v>2708</v>
+      </c>
+      <c r="E700" s="2" t="s">
+        <v>2709</v>
+      </c>
+      <c r="F700" s="2" t="s">
+        <v>2710</v>
+      </c>
+    </row>
+    <row r="701" spans="1:6">
+      <c r="A701" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B701" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C701" t="s">
+        <v>2711</v>
+      </c>
+      <c r="D701" t="s">
+        <v>2712</v>
+      </c>
+      <c r="E701" s="2" t="s">
+        <v>2713</v>
+      </c>
+      <c r="F701" s="2" t="s">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="702" spans="1:6">
+      <c r="A702" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B702" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C702" t="s">
+        <v>2715</v>
+      </c>
+      <c r="D702" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E702" s="2" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F702" s="2" t="s">
+        <v>2718</v>
+      </c>
+    </row>
+    <row r="703" spans="1:6">
+      <c r="A703" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B703" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C703" t="s">
+        <v>2719</v>
+      </c>
+      <c r="D703" t="s">
+        <v>2720</v>
+      </c>
+      <c r="E703" s="2" t="s">
+        <v>2721</v>
+      </c>
+      <c r="F703" s="2" t="s">
+        <v>2722</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">